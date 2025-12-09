--- v0 (2025-10-24)
+++ v1 (2025-12-09)
@@ -1888,51 +1888,51 @@
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>