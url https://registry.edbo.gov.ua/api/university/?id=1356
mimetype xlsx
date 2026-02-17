--- v1 (2025-12-09)
+++ v2 (2026-02-17)
@@ -1822,51 +1822,51 @@
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
@@ -1888,84 +1888,84 @@
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
-        <v>211</v>
+        <v>141</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>