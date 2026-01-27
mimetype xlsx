--- v0 (2025-10-21)
+++ v1 (2026-01-27)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №20 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>145736</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Гімназія-школа № 20</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №21 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>143308</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №21</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -563,51 +563,51 @@
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №42 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>145763</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>КЗ "Гімназія зі стуктурним підрозділом початкової школи № 42 Маріупольської міської ради "</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -676,51 +676,51 @@
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №44 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>143353</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №44</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -789,51 +789,51 @@
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №19 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>144497</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 19</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -902,51 +902,51 @@
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №24 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>145305</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №24</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1015,51 +1015,51 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №30 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>145739</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 30</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1128,51 +1128,51 @@
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №34 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>143263</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №34</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1241,51 +1241,51 @@
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №45 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>143309</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 45</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1354,51 +1354,51 @@
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №50 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>144867</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №50</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1449,51 +1449,51 @@
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IIІ ступенів №47 Маріупольської міської ради Донецької області"</t>
+          <t>комунальний заклад "Маріупольська загальноосвітня школа I-IIІ ступенів №47 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>143312</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №47</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -1580,51 +1580,51 @@
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольський заклад загальної середньої освіти I-II ступенів - заклад дошкільної освіти №39 імені В.Є. Прокопенка Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>144929</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Маріупольський ЗЗСО-ЗДО №39</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1693,51 +1693,51 @@
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський міський технологічний ліцей Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>135154</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>Маріупольський міський технологічний ліцей</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1806,51 +1806,51 @@
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський навчально-виховний комплекс "колегіум-школа" №28 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>145314</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК №28</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1919,51 +1919,51 @@
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Початкова школа - заклад дошкільної освіти зі спеціальними класами (групами) для дітей з порушеннями зору № 71 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>145753</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>Маріупольська "Початкова школа - ЗДО №71"</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2028,51 +2028,51 @@
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Спеціалізована школа з поглибленим вивченням окремих предметів І-ІІІ ступенів №4 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>143244</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Спеціалізована школа №4"</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2141,51 +2141,51 @@
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
           <t>Маріупольська спеціальна школа №37 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
         <v>145096</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>МСШ № 37 облради</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2204,51 +2204,51 @@
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Маріуполь</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(0629)469908</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>shopenn86@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Рудас Тетяна Петрівна</t>
+          <t>В.о. директора Ропатюк Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
   </sheetData>