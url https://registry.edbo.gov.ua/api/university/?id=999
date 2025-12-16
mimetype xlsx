--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -3701,51 +3701,51 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -4151,51 +4151,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>