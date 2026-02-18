--- v1 (2025-12-16)
+++ v2 (2026-02-18)
@@ -4324,84 +4324,84 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>