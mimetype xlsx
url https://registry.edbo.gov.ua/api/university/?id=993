--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -2740,93 +2740,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
         <v>82891</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Будівництво та експлуатація будівель і споруд</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I22" s="9"/>
+          <t>ДО 006721</t>
+        </is>
+      </c>
+      <c r="I22" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
         <v>82893</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Опорядження будівель і споруд та будівельний дизайн</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I23" s="9"/>
+          <t>ДО 006720</t>
+        </is>
+      </c>
+      <c r="I23" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">