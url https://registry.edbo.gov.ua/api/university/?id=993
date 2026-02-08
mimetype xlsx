--- v1 (2025-12-16)
+++ v2 (2026-02-08)
@@ -3007,117 +3007,117 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>