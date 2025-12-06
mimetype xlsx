--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -3075,51 +3075,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>