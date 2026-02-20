--- v1 (2025-12-06)
+++ v2 (2026-02-20)
@@ -2719,54 +2719,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
         <v>68377</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I23" s="9"/>
+          <t>ДС 006836</t>
+        </is>
+      </c>
+      <c r="I23" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
@@ -3108,51 +3110,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -3174,51 +3176,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>14</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>