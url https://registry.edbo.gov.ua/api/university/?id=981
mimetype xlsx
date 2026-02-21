--- v0 (2025-11-06)
+++ v1 (2026-02-21)
@@ -543,55 +543,55 @@
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="F2" s="8" t="n">
         <v>100</v>
       </c>
       <c r="G2" s="7" t="inlineStr">
         <is>
-          <t> 12867</t>
+          <t> 20024</t>
         </is>
       </c>
       <c r="H2" s="9" t="n">
-        <v>46170</v>
+        <v>46435</v>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 29.01.2021 № 11-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:J3"/>
@@ -847,55 +847,55 @@
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>46496</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
-          <t>- 12867</t>
+          <t>- 20024</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
-        <v>46170</v>
+        <v>46435</v>
       </c>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D3" s="3"/>
@@ -1241,87 +1241,87 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">