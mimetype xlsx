--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -4690,187 +4690,187 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
         <v>32</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -4896,51 +4896,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
@@ -4995,51 +4995,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Доктор мистецтва</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>