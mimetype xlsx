--- v1 (2025-12-15)
+++ v2 (2026-02-21)
@@ -302,51 +302,51 @@
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>61003</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
@@ -4690,154 +4690,154 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -4896,87 +4896,87 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
@@ -4995,51 +4995,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Доктор мистецтва</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>