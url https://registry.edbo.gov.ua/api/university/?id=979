--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -3337,51 +3337,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -3502,117 +3502,117 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -3638,51 +3638,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>