--- v1 (2025-12-18)
+++ v2 (2026-02-23)
@@ -3205,51 +3205,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -3403,84 +3403,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -3502,187 +3502,187 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>