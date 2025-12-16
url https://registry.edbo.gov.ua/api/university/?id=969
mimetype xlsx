--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -1940,51 +1940,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>