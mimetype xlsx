--- v1 (2025-12-16)
+++ v2 (2026-02-13)
@@ -1973,51 +1973,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>