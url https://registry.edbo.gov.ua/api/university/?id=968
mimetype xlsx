--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -413,63 +413,63 @@
         <is>
           <t>zborivcollege@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>zboriv-college.info</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Швак Ольга Іванівна</t>
+          <t>Баліцький Ігор Богданович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -3031,51 +3031,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>9</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
@@ -3196,51 +3196,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
@@ -3262,51 +3262,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>17</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>