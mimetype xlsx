--- v1 (2025-12-16)
+++ v2 (2026-03-14)
@@ -2998,87 +2998,87 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>25</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
@@ -3100,51 +3100,51 @@
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>31</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -3163,54 +3163,54 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>