--- v0 (2025-12-05)
+++ v1 (2026-02-10)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПДО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$27</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$20</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$271</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$214</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$179</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -8757,54 +8757,56 @@
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E137" s="6" t="n">
         <v>60740</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Англійська мова, німецька/французька мови та літератури, зарубіжна література)</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I137" s="9"/>
+          <t>- 19452</t>
+        </is>
+      </c>
+      <c r="I137" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K137" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
@@ -9049,195 +9051,203 @@
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
         <v>59945</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика, фізика)</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I143" s="9"/>
+          <t>- 19464</t>
+        </is>
+      </c>
+      <c r="I143" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E144" s="6" t="n">
         <v>64659</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I144" s="9"/>
+          <t>- 19632</t>
+        </is>
+      </c>
+      <c r="I144" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K144" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D145" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E145" s="6" t="n">
         <v>64657</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H145" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I145" s="9"/>
+          <t>- 19466</t>
+        </is>
+      </c>
+      <c r="I145" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E146" s="6" t="n">
         <v>60741</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Німецька мова та література, англійська мова та література, зарубіжна література)</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I146" s="9"/>
+          <t>- 19453</t>
+        </is>
+      </c>
+      <c r="I146" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
@@ -9431,54 +9441,56 @@
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D151" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E151" s="6" t="n">
         <v>39416</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I151" s="9"/>
+          <t>- 19467</t>
+        </is>
+      </c>
+      <c r="I151" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J151" s="8" t="inlineStr">
         <is>
           <t>НД 2096717</t>
         </is>
       </c>
       <c r="K151" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
@@ -9578,101 +9590,105 @@
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E154" s="6" t="n">
         <v>32835</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H154" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I154" s="9"/>
+          <t>- 19462</t>
+        </is>
+      </c>
+      <c r="I154" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D155" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E155" s="6" t="n">
         <v>63386</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура і фітнес)</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I155" s="9"/>
+          <t>- 19463</t>
+        </is>
+      </c>
+      <c r="I155" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J155" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D156" s="3" t="inlineStr">
         <is>
@@ -10608,54 +10624,56 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
         <v>3852</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I176" s="9"/>
+          <t>- 19666</t>
+        </is>
+      </c>
+      <c r="I176" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J176" s="8" t="inlineStr">
         <is>
           <t>НД 2096722</t>
         </is>
       </c>
       <c r="K176" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
@@ -10698,54 +10716,56 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
         <v>54558</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
           <t>Психологія конфлікту та практична медіація</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H178" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I178" s="9"/>
+          <t>- 19665</t>
+        </is>
+      </c>
+      <c r="I178" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J178" s="8" t="inlineStr">
         <is>
           <t>НД 2096722</t>
         </is>
       </c>
       <c r="K178" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
@@ -11013,54 +11033,56 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
         <v>64383</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H185" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I185" s="9"/>
+          <t>- 19709</t>
+        </is>
+      </c>
+      <c r="I185" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J185" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K185" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
@@ -12319,56 +12341,54 @@
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D213" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E213" s="6" t="n">
         <v>83814</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта (Комп'ютерні технології)</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H213" s="8" t="inlineStr">
         <is>
-          <t>- 17293</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I213" s="9"/>
       <c r="J213" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D214" s="3" t="inlineStr">
         <is>
@@ -12505,56 +12525,54 @@
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
         <v>83819</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
           <t>Адаптивний спорт</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H217" s="8" t="inlineStr">
         <is>
-          <t>- 17295</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I217" s="9"/>
       <c r="J217" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
@@ -14959,51 +14977,51 @@
       </c>
       <c r="J271" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K271" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K271"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I214"/>
+  <dimension ref="A1:I179"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -15114,88 +15132,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -15262,88 +15280,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Польська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -16319,51 +16337,51 @@
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
@@ -16718,51 +16736,51 @@
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>81</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -16785,54 +16803,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -16970,51 +16988,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Французька мова і література</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -17118,51 +17136,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -17562,51 +17580,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -17673,51 +17691,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -17747,51 +17765,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -17961,51 +17979,51 @@
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -18306,51 +18324,51 @@
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>169</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -18402,51 +18420,51 @@
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
@@ -18699,51 +18717,51 @@
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
@@ -18872,51 +18890,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -19541,51 +19559,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D128" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E128" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -19645,51 +19663,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F131" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -19858,51 +19876,51 @@
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>C6</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Географія та регіональні студії</t>
@@ -20142,2409 +20160,1178 @@
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D146" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D146" s="3" t="inlineStr">
+        <is>
+          <t>Історія</t>
+        </is>
+      </c>
       <c r="E146" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D147" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D147" s="3" t="inlineStr">
+        <is>
+          <t>Технології</t>
+        </is>
+      </c>
       <c r="E147" s="6" t="n">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D148" s="3"/>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D148" s="3" t="inlineStr">
+        <is>
+          <t>Цифрові технології</t>
+        </is>
+      </c>
       <c r="E148" s="6" t="n">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>37</v>
+        <v>1</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм і рекреація</t>
+        </is>
+      </c>
+      <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D155" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="F159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Журналістика</t>
+        </is>
+      </c>
+      <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Науки про Землю</t>
+        </is>
+      </c>
+      <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
+        <v>34</v>
+      </c>
+      <c r="F165" s="6" t="n">
         <v>4</v>
       </c>
-      <c r="F165" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="F171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
-          <t>026</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F174" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F175" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B178" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Науки про Землю</t>
+        </is>
+      </c>
+      <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F178" s="6" t="n">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F179" s="6" t="n">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
-[...1153 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I214"/>
+  <autoFilter ref="A1:I179"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>