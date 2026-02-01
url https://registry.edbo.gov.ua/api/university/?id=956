--- v0 (2025-12-09)
+++ v1 (2026-02-01)
@@ -3009,51 +3009,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>29</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3108,51 +3108,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -3174,91 +3174,91 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E12" s="8" t="n">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">