--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -3009,51 +3009,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>29</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3108,51 +3108,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -3174,88 +3174,88 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E12" s="8" t="n">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>13</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>