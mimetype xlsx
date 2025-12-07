--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -2772,84 +2772,84 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -2908,51 +2908,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>