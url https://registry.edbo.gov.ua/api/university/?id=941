--- v1 (2025-12-07)
+++ v2 (2026-02-05)
@@ -2149,132 +2149,138 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>80549</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДС 001479</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>80550</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>ДС 001481</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
         <v>80551</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I19" s="9"/>
+          <t>ДС 001482</t>
+        </is>
+      </c>
+      <c r="I19" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
@@ -2391,54 +2397,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
         <v>80560</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології (автомобільний транспорт)</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I23" s="9"/>
+          <t>ДС 001480</t>
+        </is>
+      </c>
+      <c r="I23" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I14"/>
@@ -2640,51 +2648,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
@@ -2739,117 +2747,117 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -2871,51 +2879,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>24</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>