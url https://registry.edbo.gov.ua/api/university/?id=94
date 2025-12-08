--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -25,51 +25,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$23</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$3</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$42</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$9</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -545,51 +545,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>300</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.07.2021 № 83-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -675,51 +675,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -1622,51 +1622,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>252</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>100</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1731,51 +1731,51 @@
       </c>
       <c r="K3" s="9"/>
       <c r="L3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.10.2017 № 216-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K3"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
@@ -1808,138 +1808,97 @@
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>100</v>
       </c>
       <c r="I2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.06.2025 № 100-л</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
-[...39 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K3"/>
+  <autoFilter ref="A1:K2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K42"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>