--- v1 (2025-12-08)
+++ v2 (2026-02-09)
@@ -26,51 +26,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$23</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$42</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$43</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$9</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -1870,51 +1870,51 @@
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.06.2025 № 100-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K42"/>
+  <dimension ref="A1:K43"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2190,55 +2190,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>61389</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
-          <t>- 9298</t>
+          <t>- 19737</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>252</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D8" s="3"/>
@@ -2580,1148 +2580,1187 @@
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t>- 16517</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>74478</v>
+        <v>88378</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Психологія (службової та бойової діяльності)</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>71554</v>
+        <v>74478</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
-          <t>Зв'язок та інформаційні системи</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="8" t="inlineStr">
         <is>
-          <t>- 16518</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I18" s="9"/>
       <c r="J18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
-          <t>K2</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>74479</v>
+        <v>71554</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Зв'язок та інформаційні системи</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
-          <t>- 14405</t>
+          <t>- 16518</t>
         </is>
       </c>
       <c r="I19" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>K2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>74526</v>
+        <v>74479</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
-          <t>Організація діяльності інженерно-технічних підрозділів Державної прикордонної служби України</t>
+          <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
-          <t>- 14406</t>
+          <t>- 14405</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>K2</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>74527</v>
+        <v>74526</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
-          <t>Організація діяльності кінологічних підрозділів Державної прикордонної служби України</t>
+          <t>Організація діяльності інженерно-технічних підрозділів Державної прикордонної служби України</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
-          <t>- 14407</t>
+          <t>- 14406</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>K2</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>74528</v>
+        <v>74527</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
-          <t>Організація діяльності тилових підрозділів Державної прикордонної служби України</t>
+          <t>Організація діяльності кінологічних підрозділів Державної прикордонної служби України</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I22" s="9"/>
+          <t>- 14407</t>
+        </is>
+      </c>
+      <c r="I22" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>K2</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>74531</v>
+        <v>74528</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
-          <t>Організація діяльності підрозділів застосування безпілотних систем</t>
+          <t>Організація діяльності тилових підрозділів Державної прикордонної служби України</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>K2</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>74532</v>
+        <v>74531</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Організація діяльності підрозділів застосування безпілотних систем</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>74533</v>
+        <v>74532</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність у прикордонній сфері</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>25720</v>
+        <v>74533</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
-[...6 lines deleted...]
-      </c>
+          <t>Правоохоронна діяльність у прикордонній сфері</t>
+        </is>
+      </c>
+      <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
-          <t>252</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>6387</v>
+        <v>25720</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G27" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H27" s="8" t="inlineStr">
         <is>
-          <t>- 9015</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I27" s="9"/>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
-          <t>256</t>
+          <t>252</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>Національна безпека</t>
+          <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>64103</v>
+        <v>6387</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
-          <t>Національна безпека (сфера прикордонної діяльності)</t>
+          <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="G28" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H28" s="8" t="inlineStr">
         <is>
-          <t>- 9299</t>
+          <t>- 9015</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>256</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Національна безпека</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>25721</v>
+        <v>64103</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Національна безпека (сфера прикордонної діяльності)</t>
         </is>
       </c>
       <c r="G29" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H29" s="8" t="inlineStr">
         <is>
-          <t>АД 23008772</t>
+          <t>- 9299</t>
         </is>
       </c>
       <c r="I29" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>62590</v>
+        <v>25721</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність у прикордонній сфері</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G30" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H30" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>АД 23008772</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
-          <t>K2</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>74534</v>
+        <v>62590</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Правоохоронна діяльність у прикордонній сфері</t>
         </is>
       </c>
       <c r="G31" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H31" s="8" t="inlineStr">
         <is>
-          <t>- 14408</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I31" s="9"/>
       <c r="J31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
-          <t>K3</t>
+          <t>K2</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>Національна безпека</t>
+          <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>74535</v>
+        <v>74534</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
-          <t>Національна безпека (сфера прикордонної діяльності)</t>
+          <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="G32" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H32" s="8" t="inlineStr">
         <is>
-          <t>- 16519</t>
+          <t>- 14408</t>
         </is>
       </c>
       <c r="I32" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>K3</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Національна безпека</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>74536</v>
+        <v>74535</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Національна безпека (сфера прикордонної діяльності)</t>
         </is>
       </c>
       <c r="G33" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H33" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>- 16519</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>74538</v>
+        <v>74536</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність у прикордонній сфері</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G34" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>63665</v>
+        <v>74538</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки у секторі безпеки й оборони</t>
+          <t>Правоохоронна діяльність у прикордонній сфері</t>
         </is>
       </c>
       <c r="G35" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>38792</v>
+        <v>63665</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Освітні науки у секторі безпеки й оборони</t>
         </is>
       </c>
       <c r="G36" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
-          <t>252</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>38791</v>
+        <v>38792</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G37" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H37" s="8" t="inlineStr">
         <is>
-          <t>- 9011</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I37" s="9"/>
       <c r="J37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>252</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>55829</v>
+        <v>38791</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність у прикордонній сфері</t>
+          <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="G38" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H38" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I38" s="9"/>
+          <t>- 9011</t>
+        </is>
+      </c>
+      <c r="I38" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>74659</v>
+        <v>55829</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки у секторі безпеки й оборони</t>
+          <t>Правоохоронна діяльність у прикордонній сфері</t>
         </is>
       </c>
       <c r="G39" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>74610</v>
+        <v>74659</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Освітні науки у секторі безпеки й оборони</t>
         </is>
       </c>
       <c r="G40" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
-          <t>K2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>74608</v>
+        <v>74610</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Безпека державного кордону</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G41" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H41" s="8" t="inlineStr">
         <is>
-          <t>- 14409</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I41" s="9"/>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>K2</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Безпека державного кордону</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
+        <v>74608</v>
+      </c>
+      <c r="F42" s="3" t="inlineStr">
+        <is>
+          <t>Безпека державного кордону</t>
+        </is>
+      </c>
+      <c r="G42" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H42" s="8" t="inlineStr">
+        <is>
+          <t>- 14409</t>
+        </is>
+      </c>
+      <c r="I42" s="9" t="n">
+        <v>46569</v>
+      </c>
+      <c r="J42" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K42" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B43" s="8" t="inlineStr">
+        <is>
+          <t>K9</t>
+        </is>
+      </c>
+      <c r="C43" s="3" t="inlineStr">
+        <is>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="D43" s="3"/>
+      <c r="E43" s="6" t="n">
         <v>74609</v>
       </c>
-      <c r="F42" s="3" t="inlineStr">
+      <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність у прикордонній сфері</t>
         </is>
       </c>
-      <c r="G42" s="3" t="inlineStr">
+      <c r="G43" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
-      <c r="H42" s="8" t="inlineStr">
-[...10 lines deleted...]
-      <c r="K42" s="9"/>
+      <c r="H43" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I43" s="9"/>
+      <c r="J43" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K43" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:K42"/>
+  <autoFilter ref="A1:K43"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>