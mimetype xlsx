--- v0 (2025-10-06)
+++ v1 (2025-12-05)
@@ -11,59 +11,59 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ФПВО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$10</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$21</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$53</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$22</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -479,51 +479,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>100</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -601,51 +601,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>40</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1099,51 +1099,51 @@
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -3506,54 +3506,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>75046</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та інтернет-банкінг</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I39" s="9"/>
+          <t>ДС 006320</t>
+        </is>
+      </c>
+      <c r="I39" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
@@ -3584,93 +3586,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>75047</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>IT-маркетинг та бізнес-комунікації</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I41" s="9"/>
+          <t>ДС 006322</t>
+        </is>
+      </c>
+      <c r="I41" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>75049</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Товарознавство в митній справі</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I42" s="9"/>
+          <t>ДС 006321</t>
+        </is>
+      </c>
+      <c r="I42" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
@@ -3701,413 +3707,433 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>75013</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Розробка програмного забезпечення</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I44" s="9"/>
+          <t>ДС 006327</t>
+        </is>
+      </c>
+      <c r="I44" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>75015</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Безпека комп’ютерних систем і мереж</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I45" s="9"/>
+          <t>ДС 006622</t>
+        </is>
+      </c>
+      <c r="I45" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>75018</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна графіка і Web-дизайн</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I46" s="9"/>
+          <t>ДС 006623</t>
+        </is>
+      </c>
+      <c r="I46" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>75022</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Обслуговування комп’ютерних систем і мереж</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I47" s="9"/>
+          <t>ДС 006624</t>
+        </is>
+      </c>
+      <c r="I47" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J47" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>75032</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Виробництво хліба, кондитерських, макаронних виробів і харчоконцентратів</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I48" s="9"/>
+          <t>ДС 006326</t>
+        </is>
+      </c>
+      <c r="I48" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J48" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>75036</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Інноваційні технології та організація громадського харчування</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I49" s="9"/>
+          <t>ДС 006325</t>
+        </is>
+      </c>
+      <c r="I49" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>75038</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Моделювання та конструювання промислових виробів</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I50" s="9"/>
+          <t>ДС 006324</t>
+        </is>
+      </c>
+      <c r="I50" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>75044</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Індустрія моди</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I51" s="9"/>
+          <t>ДС 006323</t>
+        </is>
+      </c>
+      <c r="I51" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J51" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>Холодильні та кліматичні технології</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
         <v>75026</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Монтаж і обслуговування холодильно-компресорних машин та установок</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I52" s="9"/>
+          <t>ДС 006625</t>
+        </is>
+      </c>
+      <c r="I52" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J52" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>Холодильні та кліматичні технології</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>75028</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Монтаж і обслуговування систем кондиціювання та вентиляції повітря</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I53" s="9"/>
+          <t>ДС 006626</t>
+        </is>
+      </c>
+      <c r="I53" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K53"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I22"/>
@@ -4173,51 +4199,51 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -4239,84 +4265,84 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -4338,51 +4364,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -4437,154 +4463,154 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Холодильні та кліматичні технології</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -4606,51 +4632,51 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -4672,150 +4698,150 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -4837,51 +4863,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>