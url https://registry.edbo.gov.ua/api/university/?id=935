--- v1 (2025-12-05)
+++ v2 (2026-02-05)
@@ -3342,96 +3342,96 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>39868</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Виробництво хліба, кондитерських, макаронних виробів і харчоконцентратів</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="8" t="inlineStr">
         <is>
-          <t>ДС 002907</t>
+          <t>ДС 006750</t>
         </is>
       </c>
       <c r="I35" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>50123</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Інноваційні технології та організація громадського харчування</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="8" t="inlineStr">
         <is>
-          <t>ДС 002915</t>
+          <t>ДС 006751</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D37" s="3"/>
@@ -3580,51 +3580,51 @@
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>75047</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>IT-маркетинг та бізнес-комунікації</t>
+          <t>IT-маркетинг та бізнес комунікації</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
           <t>ДС 006322</t>
         </is>
       </c>
       <c r="I41" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
@@ -4199,150 +4199,150 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -4397,150 +4397,150 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
@@ -4566,51 +4566,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Холодильні та кліматичні технології</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -4665,51 +4665,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -4731,150 +4731,150 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>