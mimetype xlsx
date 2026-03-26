--- v2 (2026-02-05)
+++ v3 (2026-03-26)
@@ -2077,96 +2077,96 @@
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>39242</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Системи кондиціювання і вентиляції повітря</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t>- 5657</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Холодильні та кліматичні технології</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>84605</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Системи кондиціювання і вентиляції повітря</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="8" t="inlineStr">
         <is>
           <t>- 13429</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
@@ -2973,55 +2973,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>39860</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>ІТ-маркетинг та бізнес комунікації</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
-          <t>ДС 002904</t>
+          <t>ДС 006914</t>
         </is>
       </c>
       <c r="I26" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D27" s="3"/>
@@ -3055,55 +3055,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>61364</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Товарознавство в митній справі</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
-          <t>ДС 003911</t>
+          <t>ДС 006915</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D29" s="3"/>
@@ -4298,51 +4298,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -4397,51 +4397,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -4529,121 +4529,121 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Холодильні та кліматичні технології</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4830,84 +4830,84 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>