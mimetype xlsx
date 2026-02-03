--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -1186,51 +1186,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>