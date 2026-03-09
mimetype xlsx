--- v0 (2026-01-06)
+++ v1 (2026-03-09)
@@ -2910,51 +2910,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
@@ -2976,51 +2976,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>