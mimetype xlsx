--- v0 (2025-10-19)
+++ v1 (2026-02-11)
@@ -17,55 +17,55 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$15</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$20</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$132</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$238</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$102</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$94</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -451,213 +451,248 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A15"/>
+  <dimension ref="A1:A20"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Автоматики і комп'ютеризованих технологій</t>
+          <t>Навчально-науковий інститут лазерної та біомедичної інженерії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Електронної та біомедичної інженерії</t>
+          <t>Автоматизації, комп’ютерно-інтегрованих технологій та систем</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Електронної техніки</t>
+          <t>Автоматики і комп'ютеризованих технологій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Інфокомунікацій</t>
+          <t>Електронної та біомедичної інженерії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Інформаційних радіотехнологій і технічного захисту інформації</t>
+          <t>Електронної техніки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-аналітичних технологій та менеджменту</t>
+          <t>Інфокомунікацій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерних наук</t>
+          <t>Інформаційних радіотехнологій і медіаінженерії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерної інженерії та управління</t>
+          <t>Інформаційних радіотехнологій і технічного захисту інформації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий центр заочної форми навчання</t>
+          <t>Інформаційно-аналітичних технологій та менеджменту</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>Прикладної математики і менеджменту</t>
+          <t>Кібербезпеки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Радіотехнічний</t>
+          <t>Комп`ютерної інженерії та інформаційних технологій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікацій та вимірювальної техніки</t>
+          <t>Комп'ютерних наук</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>Факультет навчання іноземних громадян</t>
+          <t>Комп'ютерної інженерії та управління</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
+          <t>Навчально-науковий центр заочної форми навчання</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="3" t="inlineStr">
+        <is>
+          <t>Прикладної математики і менеджменту</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="3" t="inlineStr">
+        <is>
+          <t>Радіотехнічний</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="3" t="inlineStr">
+        <is>
+          <t>Телекомунікацій та вимірювальної техніки</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="3" t="inlineStr">
+        <is>
+          <t>Факультет навчання іноземних громадян</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="3" t="inlineStr">
+        <is>
           <t>Центр Післядипломної освіти</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A15"/>
+  <autoFilter ref="A1:A20"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2988</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 01.07.2021 № 81-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -765,51 +800,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки та інформаційні технології</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>845</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -7155,256 +7190,256 @@
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>4242</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Системи технічного захисту інформації</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t>УД 21001341</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>5017</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t>УД 21001341</t>
         </is>
       </c>
       <c r="K13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>5342</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Управління інформаційною безпекою</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t>УД 21001341</t>
         </is>
       </c>
       <c r="K14" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>58526</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t>УД 21016832</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>58529</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Системи технічного захисту інформації</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t>УД 21016832</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>58530</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Управління інформаційною безпекою</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t>УД 21016832</t>
         </is>
       </c>
       <c r="K17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>21073</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
@@ -7526,94 +7561,94 @@
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>4597</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t>- 7654</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t>УД 21001342</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>5487</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Системна інженерія</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
           <t>- 7656</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J22" s="8" t="inlineStr">
         <is>
           <t>УД 21001342</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>19219</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Технічна експертиза</t>
@@ -7774,133 +7809,133 @@
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>4662</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t>УД 21001345</t>
         </is>
       </c>
       <c r="K27" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>19225</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології в біомедицині</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t>УД 21001345</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>58719</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="8" t="inlineStr">
         <is>
           <t>УД 21016834</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>4188</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Електронні пристрої та системи</t>
@@ -8719,94 +8754,94 @@
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>58539</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="8" t="inlineStr">
         <is>
           <t>- 8271</t>
         </is>
       </c>
       <c r="I50" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J50" s="8" t="inlineStr">
         <is>
           <t>УД 21016839</t>
         </is>
       </c>
       <c r="K50" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>58540</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Системна інженерія</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="8" t="inlineStr">
         <is>
           <t>- 8272</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J51" s="8" t="inlineStr">
         <is>
           <t>УД 21016839</t>
         </is>
       </c>
       <c r="K51" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>58541</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Інженерія оптоінформаційних та лазерних систем</t>
@@ -8926,51 +8961,51 @@
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
         <v>5222</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Видавничо-поліграфічна справа</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="8" t="inlineStr">
         <is>
           <t>УД 21001348</t>
         </is>
       </c>
       <c r="K55" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
         <v>69846</v>
@@ -9299,133 +9334,133 @@
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>70548</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I64" s="9"/>
       <c r="J64" s="8" t="inlineStr">
         <is>
           <t>УД 21019407</t>
         </is>
       </c>
       <c r="K64" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>70552</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Системи технічного захисту інформації</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="8" t="inlineStr">
         <is>
           <t>УД 21019407</t>
         </is>
       </c>
       <c r="K65" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>70642</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Управління кібербезпекою</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I66" s="9"/>
       <c r="J66" s="8" t="inlineStr">
         <is>
           <t>УД 21019407</t>
         </is>
       </c>
       <c r="K66" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>70647</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
@@ -9545,92 +9580,92 @@
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>70746</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Видавничо-поліграфічна справа</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="8" t="inlineStr">
         <is>
           <t>УД 21019413</t>
         </is>
       </c>
       <c r="K70" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>70750</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I71" s="9"/>
       <c r="J71" s="8" t="inlineStr">
         <is>
           <t>УД 21016834</t>
         </is>
       </c>
       <c r="K71" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>70656</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Електронні пристрої та системи</t>
@@ -10154,55 +10189,55 @@
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>3438</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H85" s="8" t="inlineStr">
         <is>
-          <t>- 10422</t>
+          <t>- 19664</t>
         </is>
       </c>
       <c r="I85" s="9" t="n">
-        <v>46078</v>
+        <v>48030</v>
       </c>
       <c r="J85" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K85" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D86" s="3"/>
@@ -10346,642 +10381,642 @@
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H89" s="8" t="inlineStr">
         <is>
           <t>- 2716</t>
         </is>
       </c>
       <c r="I89" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J89" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K89" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>21219</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-комунікаційні технології</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H90" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>21220</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Інформаційні управляючі системи та технології</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="8" t="inlineStr">
         <is>
           <t>- 2720</t>
         </is>
       </c>
       <c r="I91" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J91" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>21221</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології проектування</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="8" t="inlineStr">
         <is>
           <t>- 2723</t>
         </is>
       </c>
       <c r="I92" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J92" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K92" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>21222</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Системне проектування</t>
         </is>
       </c>
       <c r="G93" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H93" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I93" s="9"/>
       <c r="J93" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K93" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>21225</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Системи штучного інтелекту</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H94" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I94" s="9"/>
       <c r="J94" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K94" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
         <v>21226</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Консолідована інформація</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H95" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K95" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>25453</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Науки про дані (Data Science)</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="8" t="inlineStr">
         <is>
           <t>- 3882</t>
         </is>
       </c>
       <c r="I96" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J96" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>30611</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Системи штучного інтелекту</t>
         </is>
       </c>
       <c r="G97" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H97" s="8" t="inlineStr">
         <is>
           <t>- 3333</t>
         </is>
       </c>
       <c r="I97" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J97" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K97" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>30612</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Системне проектування</t>
         </is>
       </c>
       <c r="G98" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H98" s="8" t="inlineStr">
         <is>
           <t>- 3332</t>
         </is>
       </c>
       <c r="I98" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J98" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K98" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>49599</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Управління проектами в галузі інформаційних технологій</t>
         </is>
       </c>
       <c r="G99" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H99" s="8" t="inlineStr">
         <is>
           <t>- 3881</t>
         </is>
       </c>
       <c r="I99" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J99" s="8" t="inlineStr">
         <is>
           <t>НД 2190670</t>
         </is>
       </c>
       <c r="K99" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
         <v>5166</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Системне програмування</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H100" s="8" t="inlineStr">
         <is>
           <t>УД 21007031</t>
         </is>
       </c>
       <c r="I100" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J100" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K100" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>5338</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H101" s="8" t="inlineStr">
         <is>
           <t>УД 21007030</t>
         </is>
       </c>
       <c r="I101" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K101" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
         <v>16934</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
           <t>Спеціалізовані комп’ютерні системи</t>
         </is>
       </c>
       <c r="G102" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H102" s="8" t="inlineStr">
         <is>
           <t>УД 21007032</t>
         </is>
       </c>
       <c r="I102" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J102" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K102" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D103" s="3"/>
@@ -11080,411 +11115,411 @@
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз і управління</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H105" s="8" t="inlineStr">
         <is>
           <t>- 6532</t>
         </is>
       </c>
       <c r="I105" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J105" s="8" t="inlineStr">
         <is>
           <t>НД 2190671</t>
         </is>
       </c>
       <c r="K105" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>3620</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
           <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H106" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I106" s="9"/>
       <c r="J106" s="8" t="inlineStr">
         <is>
           <t>НД 2190672</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>4243</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Адміністративний менеджмент у сфері захисту інформації</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I107" s="9"/>
       <c r="J107" s="8" t="inlineStr">
         <is>
           <t>НД 2190672</t>
         </is>
       </c>
       <c r="K107" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
         <v>5013</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
           <t>Системи технічного захисту інформації, автоматизація її обробки</t>
         </is>
       </c>
       <c r="G108" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H108" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="8" t="inlineStr">
         <is>
           <t>НД 2190672</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
         <v>30615</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
           <t>Адміністративний менеджмент у сфері захисту інформації</t>
         </is>
       </c>
       <c r="G109" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H109" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I109" s="9"/>
       <c r="J109" s="8" t="inlineStr">
         <is>
           <t>НД 2190672</t>
         </is>
       </c>
       <c r="K109" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>58544</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
           <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H110" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I110" s="9"/>
       <c r="J110" s="8" t="inlineStr">
         <is>
           <t>УД 21016833</t>
         </is>
       </c>
       <c r="K110" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>58545</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Системи технічного захисту інформації, автоматизація її обробки</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H111" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="8" t="inlineStr">
         <is>
           <t>УД 21016833</t>
         </is>
       </c>
       <c r="K111" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>58546</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Адміністративний менеджмент у сфері захисту інформації</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H112" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="8" t="inlineStr">
         <is>
           <t>УД 21016833</t>
         </is>
       </c>
       <c r="K112" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>58547</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Адміністративний менеджмент у сфері захисту інформації</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t>УД 21016833</t>
         </is>
       </c>
       <c r="K113" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>53608</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Архітектурне проєктування інформаційних систем</t>
@@ -11567,501 +11602,501 @@
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
         <v>3685</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G116" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H116" s="8" t="inlineStr">
         <is>
           <t>УД 21009067</t>
         </is>
       </c>
       <c r="I116" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J116" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K116" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
         <v>5488</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
           <t>Автоматизоване управління технологічними процесами</t>
         </is>
       </c>
       <c r="G117" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H117" s="8" t="inlineStr">
         <is>
           <t>УД 21009068</t>
         </is>
       </c>
       <c r="I117" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K117" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
         <v>6509</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>Комп’ютеризовані та робототехнічні системи</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H118" s="8" t="inlineStr">
         <is>
           <t>УД 21009069</t>
         </is>
       </c>
       <c r="I118" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J118" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
         <v>3435</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
           <t>Лазерна і оптоелектронна техніка</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="8" t="inlineStr">
         <is>
           <t>НД 2190674</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
         <v>4237</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
           <t>Якість, стандартизація та сертифікація</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I120" s="9"/>
       <c r="J120" s="8" t="inlineStr">
         <is>
           <t>НД 2190674</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
         <v>5014</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
           <t>Фотоніка та оптоінформатика</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I121" s="9"/>
       <c r="J121" s="8" t="inlineStr">
         <is>
           <t>НД 2190674</t>
         </is>
       </c>
       <c r="K121" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>54550</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
           <t>Забезпечення якості</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I122" s="9"/>
       <c r="J122" s="8" t="inlineStr">
         <is>
           <t>НД 2190674</t>
         </is>
       </c>
       <c r="K122" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
         <v>3434</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наноелектронні прилади і пристрої</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="8" t="inlineStr">
         <is>
           <t>УД 21001377</t>
         </is>
       </c>
       <c r="I123" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J123" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>3848</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H124" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I124" s="9"/>
       <c r="J124" s="8" t="inlineStr">
         <is>
           <t>НД 2190675</t>
         </is>
       </c>
       <c r="K124" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
         <v>58720</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H125" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I125" s="9"/>
       <c r="J125" s="8" t="inlineStr">
         <is>
           <t>УД 21016835</t>
         </is>
       </c>
       <c r="K125" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
         <v>4891</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
           <t>Електронні прилади та пристрої</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H126" s="8" t="inlineStr">
         <is>
           <t>УД 21001378</t>
         </is>
       </c>
       <c r="I126" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J126" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K126" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D127" s="3"/>
@@ -12152,830 +12187,830 @@
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>58752</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Електронні прилади та пристрої</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="8" t="inlineStr">
         <is>
           <t>УД 21001378</t>
         </is>
       </c>
       <c r="I129" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J129" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>60810</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
           <t>Інженерія мікропроцесорних систем</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H130" s="8" t="inlineStr">
         <is>
-          <t>- 10315</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I130" s="9"/>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K130" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>4239</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Радіоелектронні апарати та засоби</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I131" s="9"/>
       <c r="J131" s="8" t="inlineStr">
         <is>
           <t>НД 2190676</t>
         </is>
       </c>
       <c r="K131" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
         <v>17738</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
           <t>Інфокомунікаційна інженерія</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="8" t="inlineStr">
         <is>
           <t>УД 21009071</t>
         </is>
       </c>
       <c r="I132" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J132" s="8" t="inlineStr">
         <is>
           <t>НД 2190676</t>
         </is>
       </c>
       <c r="K132" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>24844</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-мережна інженерія</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="8" t="inlineStr">
         <is>
           <t>УД 21009072</t>
         </is>
       </c>
       <c r="I133" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J133" s="8" t="inlineStr">
         <is>
           <t>НД 2190676</t>
         </is>
       </c>
       <c r="K133" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
         <v>30618</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
           <t>Інформаційні мережі зв`язку</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H134" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I134" s="9"/>
       <c r="J134" s="8" t="inlineStr">
         <is>
           <t>НД 2190676</t>
         </is>
       </c>
       <c r="K134" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
         <v>30619</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-мережна інженерія</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H135" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="8" t="inlineStr">
         <is>
           <t>НД 2190676</t>
         </is>
       </c>
       <c r="K135" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>30621</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
           <t>Телекомунікаційні системи та мережі</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I136" s="9"/>
       <c r="J136" s="8" t="inlineStr">
         <is>
           <t>НД 2190676</t>
         </is>
       </c>
       <c r="K136" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>32291</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
           <t>Медіаінженерія</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I137" s="9"/>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t>НД 2190676</t>
         </is>
       </c>
       <c r="K137" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>54554</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>Інформаційні радіотехнології</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I138" s="9"/>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t>НД 2190676</t>
         </is>
       </c>
       <c r="K138" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
         <v>58548</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
           <t>Інформаційні радіотехнології</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I139" s="9"/>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t>УД 21016838</t>
         </is>
       </c>
       <c r="K139" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
         <v>58549</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
           <t>Медіаінженерія</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I140" s="9"/>
+          <t>- 19738</t>
+        </is>
+      </c>
+      <c r="I140" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J140" s="8" t="inlineStr">
         <is>
           <t>УД 21016838</t>
         </is>
       </c>
       <c r="K140" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>58550</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
           <t>Радіоелектронні апарати та засоби</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I141" s="9"/>
       <c r="J141" s="8" t="inlineStr">
         <is>
           <t>УД 21016838</t>
         </is>
       </c>
       <c r="K141" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
         <v>58551</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
           <t>Телекомунікаційні системи та мережі</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H142" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I142" s="9"/>
       <c r="J142" s="8" t="inlineStr">
         <is>
           <t>УД 21016838</t>
         </is>
       </c>
       <c r="K142" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>58552</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Інфокомунікаційна інженерія</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="8" t="inlineStr">
         <is>
           <t>УД 21016849</t>
         </is>
       </c>
       <c r="I143" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t>УД 21016838</t>
         </is>
       </c>
       <c r="K143" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
         <v>58554</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-мережна інженерія</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="8" t="inlineStr">
         <is>
           <t>УД 21016844</t>
         </is>
       </c>
       <c r="I144" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t>УД 21016838</t>
         </is>
       </c>
       <c r="K144" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>58555</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-мережна інженерія</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I145" s="9"/>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t>УД 21016838</t>
         </is>
       </c>
       <c r="K145" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
         <v>60812</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
           <t>Радіоелектронна боротьба</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I146" s="9"/>
       <c r="J146" s="8" t="inlineStr">
         <is>
           <t>УД 21016838</t>
         </is>
       </c>
       <c r="K146" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
         <v>53270</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
           <t>Вбудовані системи авіоніки</t>
@@ -13068,319 +13103,319 @@
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
           <t>Комп’ютеризовані та робототехнічні системи</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="8" t="inlineStr">
         <is>
           <t>- 12300</t>
         </is>
       </c>
       <c r="I149" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t>УД 21016840</t>
         </is>
       </c>
       <c r="K149" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
         <v>58589</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
           <t>Автоматизоване управління технологічними процесами</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H150" s="8" t="inlineStr">
         <is>
           <t>УД 21016846</t>
         </is>
       </c>
       <c r="I150" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t>УД 21016840</t>
         </is>
       </c>
       <c r="K150" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
         <v>58590</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерно-інтегровані технологічні процеси і виробництва</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="8" t="inlineStr">
         <is>
           <t>- 12299</t>
         </is>
       </c>
       <c r="I151" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J151" s="8" t="inlineStr">
         <is>
           <t>УД 21016840</t>
         </is>
       </c>
       <c r="K151" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
         <v>58592</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
           <t>Забезпечення якості</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H152" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I152" s="9"/>
       <c r="J152" s="8" t="inlineStr">
         <is>
           <t>УД 21016842</t>
         </is>
       </c>
       <c r="K152" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
         <v>58594</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
           <t>Фотоніка та оптоінформатика</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H153" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I153" s="9"/>
       <c r="J153" s="8" t="inlineStr">
         <is>
           <t>УД 21016842</t>
         </is>
       </c>
       <c r="K153" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
         <v>58595</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
           <t>Лазерна і оптоелектронна техніка</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I154" s="9"/>
       <c r="J154" s="8" t="inlineStr">
         <is>
           <t>УД 21016842</t>
         </is>
       </c>
       <c r="K154" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
         <v>58596</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наноелектронні прилади і пристрої</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="8" t="inlineStr">
         <is>
           <t>УД 21016848</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J155" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D156" s="3"/>
@@ -13430,141 +13465,141 @@
       <c r="E157" s="6" t="n">
         <v>4757</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
           <t>Технології електронних мультимедійних видань</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H157" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I157" s="9"/>
       <c r="J157" s="8" t="inlineStr">
         <is>
           <t>НД 2190677</t>
         </is>
       </c>
       <c r="K157" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
         <v>16390</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні технології та системи видавничо-поліграфічних виробництв</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H158" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I158" s="9"/>
       <c r="J158" s="8" t="inlineStr">
         <is>
           <t>НД 2190677</t>
         </is>
       </c>
       <c r="K158" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
         <v>17743</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
           <t>Технології друкованих видань</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I159" s="9"/>
       <c r="J159" s="8" t="inlineStr">
         <is>
           <t>НД 2190677</t>
         </is>
       </c>
       <c r="K159" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
         <v>70800</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
@@ -14154,186 +14189,186 @@
       <c r="E173" s="6" t="n">
         <v>70907</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
           <t>Безпека інформаційних і комунікаційних систем</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H173" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I173" s="9"/>
       <c r="J173" s="8" t="inlineStr">
         <is>
           <t>УД 21019408</t>
         </is>
       </c>
       <c r="K173" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
         <v>70908</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
           <t>Системи технічного захисту інформації, автоматизація її обробки</t>
         </is>
       </c>
       <c r="G174" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H174" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I174" s="9"/>
       <c r="J174" s="8" t="inlineStr">
         <is>
           <t>УД 21019408</t>
         </is>
       </c>
       <c r="K174" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
         <v>70909</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
           <t>Аналітика кібербезпеки</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H175" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I175" s="9"/>
       <c r="J175" s="8" t="inlineStr">
         <is>
           <t>УД 21019408</t>
         </is>
       </c>
       <c r="K175" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
         <v>70910</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
           <t>Аналітика кібербезпеки</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H176" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I176" s="9"/>
       <c r="J176" s="8" t="inlineStr">
         <is>
           <t>УД 21019408</t>
         </is>
       </c>
       <c r="K176" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
         <v>70911</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
           <t>Архітектурне проєктування інформаційних систем</t>
@@ -14416,51 +14451,51 @@
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
         <v>70913</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
           <t>Комп`ютерні системи та мережі</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="8" t="inlineStr">
         <is>
           <t>УД 21007030</t>
         </is>
       </c>
       <c r="I179" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J179" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K179" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D180" s="3"/>
@@ -14506,51 +14541,51 @@
       <c r="C181" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
         <v>70915</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
           <t>Спеціалізовані комп’ютерні системи</t>
         </is>
       </c>
       <c r="G181" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H181" s="8" t="inlineStr">
         <is>
           <t>УД 21007032</t>
         </is>
       </c>
       <c r="I181" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J181" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K181" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D182" s="3"/>
@@ -14602,912 +14637,910 @@
       <c r="E183" s="6" t="n">
         <v>70936</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
           <t>Технології електронних мультимедійних видань</t>
         </is>
       </c>
       <c r="G183" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H183" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I183" s="9"/>
       <c r="J183" s="8" t="inlineStr">
         <is>
           <t>УД 21019414</t>
         </is>
       </c>
       <c r="K183" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="8" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
         <v>70937</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні технології та системи видавничо-поліграфічних виробництв</t>
         </is>
       </c>
       <c r="G184" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H184" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I184" s="9"/>
       <c r="J184" s="8" t="inlineStr">
         <is>
           <t>УД 21019414</t>
         </is>
       </c>
       <c r="K184" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="8" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
         <v>70938</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H185" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I185" s="9"/>
       <c r="J185" s="8" t="inlineStr">
         <is>
           <t>УД 21016835</t>
         </is>
       </c>
       <c r="K185" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
         <v>70918</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
           <t>Системи, технології і комп'ютерні засоби мультимедіа</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H186" s="8" t="inlineStr">
         <is>
           <t>- 10705</t>
         </is>
       </c>
       <c r="I186" s="9" t="n">
         <v>47475</v>
       </c>
       <c r="J186" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K186" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
         <v>70919</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
           <t>Електронні прилади та пристрої</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H187" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I187" s="9"/>
       <c r="J187" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K187" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
         <v>70920</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
           <t>Інженерія мікропроцесорних систем</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H188" s="8" t="inlineStr">
         <is>
-          <t>- 10706</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I188" s="9"/>
       <c r="J188" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K188" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
         <v>70921</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
           <t>Інформаційні радіотехнології</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H189" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I189" s="9"/>
       <c r="J189" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K189" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
         <v>70922</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
           <t>Радіоелектронна боротьба</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H190" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I190" s="9"/>
       <c r="J190" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K190" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
         <v>70923</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
           <t>Медіаінженерія</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I191" s="9"/>
       <c r="J191" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K191" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
         <v>70924</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
           <t>Радіоелектронні апарати та засоби</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H192" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I192" s="9"/>
       <c r="J192" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K192" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
         <v>70926</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
           <t>Телекомунікаційні системи та мережі</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H193" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I193" s="9"/>
       <c r="J193" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K193" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
         <v>70927</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
           <t>Інфокомунікаційна інженерія</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I194" s="9"/>
       <c r="J194" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K194" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
         <v>70928</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-мережна інженерія</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H195" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I195" s="9"/>
       <c r="J195" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K195" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
         <v>70929</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-мережна інженерія</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H196" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I196" s="9"/>
       <c r="J196" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K196" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
         <v>70930</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
           <t>Вбудовані системи авіоніки</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H197" s="8" t="inlineStr">
         <is>
           <t>- 10709</t>
         </is>
       </c>
       <c r="I197" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J197" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K197" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
         <v>70931</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Інформаційні мікроелектронні системи та нанотехнології</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H198" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I198" s="9"/>
       <c r="J198" s="8" t="inlineStr">
         <is>
           <t>УД 21019410</t>
         </is>
       </c>
       <c r="K198" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="8" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
         <v>70932</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
           <t>Забезпечення якості</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H199" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I199" s="9"/>
       <c r="J199" s="8" t="inlineStr">
         <is>
           <t>УД 21019412</t>
         </is>
       </c>
       <c r="K199" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
         <v>70944</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
           <t>Інженерія оптоінформаційних та лазерних систем</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H200" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I200" s="9"/>
       <c r="J200" s="8" t="inlineStr">
         <is>
           <t>УД 21019412</t>
         </is>
       </c>
       <c r="K200" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
         <v>86779</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
           <t>Лазерна і оптоелектронна техніка</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H201" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I201" s="9"/>
       <c r="J201" s="8" t="inlineStr">
         <is>
           <t>УД 21019412</t>
         </is>
       </c>
       <c r="K201" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
         <v>86781</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
           <t>Фотоніка та оптоінформатика</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H202" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I202" s="9"/>
       <c r="J202" s="8" t="inlineStr">
         <is>
           <t>УД 21019412</t>
         </is>
       </c>
       <c r="K202" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
         <v>70934</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Комп’ютеризовані та робототехнічні системи</t>
@@ -17103,51 +17136,51 @@
       </c>
       <c r="J238" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K238" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K238"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I102"/>
+  <dimension ref="A1:I94"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -17192,54 +17225,54 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
@@ -17258,150 +17291,150 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -17423,153 +17456,153 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
@@ -17588,87 +17621,87 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
@@ -17687,120 +17720,120 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>51</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
@@ -17819,84 +17852,84 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -17918,51 +17951,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
@@ -18017,84 +18050,84 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
@@ -18116,120 +18149,120 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
@@ -18248,84 +18281,84 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
@@ -18380,54 +18413,54 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -18549,216 +18582,216 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>G22</t>
         </is>
       </c>
@@ -18780,51 +18813,51 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
@@ -18846,1717 +18879,1453 @@
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>7</v>
+        <v>63</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>5</v>
+        <v>85</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>200</v>
+        <v>19</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>137</v>
+        <v>11</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>186</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>55</v>
+        <v>5</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>G6</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
-          <t>G6</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F84" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G84" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H84" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>43</v>
+        <v>3</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>163</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>71</v>
+        <v>4</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>163</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
-[...262 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I102"/>
+  <autoFilter ref="A1:I94"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>