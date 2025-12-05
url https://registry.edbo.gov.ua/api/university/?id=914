--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -2464,56 +2464,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
         <v>57946</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Туристичне обслуговування</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
@@ -3202,216 +3200,216 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>17</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>