--- v1 (2025-12-05)
+++ v2 (2026-03-07)
@@ -2579,51 +2579,51 @@
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Транспортні засоби</t>
         </is>
       </c>
       <c r="E25" s="8" t="n">
         <v>82482</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
-          <t>Транспортні засоби Інжиніринг автомобілів та двигунів</t>
+          <t>Інжиніринг автомобілів та двигунів</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G13</t>
@@ -3035,87 +3035,87 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>28</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
@@ -3167,216 +3167,216 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="F10" s="8" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>291</v>
+        <v>254</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>