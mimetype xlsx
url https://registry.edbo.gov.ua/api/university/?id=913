--- v0 (2025-10-30)
+++ v1 (2026-03-05)
@@ -3120,55 +3120,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>42333</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
+          <t>ДС 006764</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46015</v>
+        <v>48030</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D17" s="3"/>
@@ -3633,84 +3633,84 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -3732,51 +3732,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -3798,150 +3798,150 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -4029,51 +4029,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>22</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>