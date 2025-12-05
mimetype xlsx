--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -2750,51 +2750,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>