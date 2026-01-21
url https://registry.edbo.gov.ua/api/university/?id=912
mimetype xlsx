--- v1 (2025-12-05)
+++ v2 (2026-01-21)
@@ -2783,51 +2783,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>