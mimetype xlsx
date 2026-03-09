--- v2 (2026-01-21)
+++ v3 (2026-03-09)
@@ -374,77 +374,73 @@
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Бериславське шосе, 22</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+380958480290, +380954716738</t>
+          <t>+38(095)-848-02-90</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>ett@kntu.net.ua</t>
+          <t>ett@kntu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Матрюк Надія Олександрівна</t>
         </is>
       </c>
     </row>
@@ -2915,51 +2911,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>