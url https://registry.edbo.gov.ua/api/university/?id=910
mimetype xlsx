--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -2394,55 +2394,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>43349</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Будівництво та експлуатація будівель і споруд</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>ДС 001237</t>
+          <t>ДС 006738</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
@@ -2599,97 +2599,101 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>86491</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I15" s="9"/>
+          <t>ДС 006713</t>
+        </is>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
         <v>73930</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>ДС 006714</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
@@ -2759,54 +2763,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
         <v>86473</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I19" s="9"/>
+          <t>ДС 006715</t>
+        </is>
+      </c>
+      <c r="I19" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
@@ -2837,54 +2843,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
         <v>86486</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I21" s="9"/>
+          <t>ДС 006716</t>
+        </is>
+      </c>
+      <c r="I21" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I13"/>