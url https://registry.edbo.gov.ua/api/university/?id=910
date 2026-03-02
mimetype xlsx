--- v1 (2025-12-16)
+++ v2 (2026-03-02)
@@ -3094,84 +3094,84 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3226,150 +3226,150 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -3414,51 +3414,51 @@
       </c>
       <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>80</v>
+        <v>53</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7122 Муляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>46</v>
       </c>
@@ -3509,51 +3509,51 @@
       </c>
       <c r="B5" s="8" t="n">
         <v>69</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>