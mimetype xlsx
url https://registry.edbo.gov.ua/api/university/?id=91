--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -804,51 +804,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>3354</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.02.2021 № 17-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -934,51 +934,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>правознавство</t>
         </is>
       </c>
@@ -1599,54 +1599,56 @@
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>фізична реабілітація</t>
         </is>
       </c>
       <c r="F18" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H18" s="9"/>
+          <t>УД 08012021</t>
+        </is>
+      </c>
+      <c r="H18" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I18" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="inlineStr">
         <is>
@@ -1675,54 +1677,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>правоохоронна діяльність</t>
         </is>
       </c>
       <c r="F20" s="6" t="n">
         <v>80</v>
       </c>
       <c r="G20" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H20" s="9"/>
+          <t>УД 08012025</t>
+        </is>
+      </c>
+      <c r="H20" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I20" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="3" t="inlineStr">
         <is>
@@ -2153,51 +2157,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>6.010201</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>фізичне виховання</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -8791,54 +8795,56 @@
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E118" s="6" t="n">
         <v>84314</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>корекційна освіта</t>
         </is>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I118" s="9"/>
+          <t>УД 08010986</t>
+        </is>
+      </c>
+      <c r="I118" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J118" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
@@ -15311,55 +15317,55 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
         <v>19369</v>
       </c>
       <c r="F268" s="3" t="inlineStr">
         <is>
           <t>регіональне управління</t>
         </is>
       </c>
       <c r="G268" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H268" s="7" t="inlineStr">
         <is>
-          <t>- 9720</t>
+          <t>- 19239</t>
         </is>
       </c>
       <c r="I268" s="9" t="n">
-        <v>46015</v>
+        <v>46358</v>
       </c>
       <c r="J268" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K268" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B269" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D269" s="3"/>
@@ -15405,191 +15411,199 @@
       <c r="C270" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D270" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E270" s="6" t="n">
         <v>84318</v>
       </c>
       <c r="F270" s="3" t="inlineStr">
         <is>
           <t>корекційна освіта</t>
         </is>
       </c>
       <c r="G270" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H270" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I270" s="9"/>
+          <t>УД 08010987</t>
+        </is>
+      </c>
+      <c r="I270" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J270" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K270" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B271" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D271" s="3"/>
       <c r="E271" s="6" t="n">
         <v>85834</v>
       </c>
       <c r="F271" s="3" t="inlineStr">
         <is>
           <t>організація фізкультурної і спортивної діяльності</t>
         </is>
       </c>
       <c r="G271" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H271" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I271" s="9"/>
+          <t>УД 08010988</t>
+        </is>
+      </c>
+      <c r="I271" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J271" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K271" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B272" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D272" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E272" s="6" t="n">
         <v>82752</v>
       </c>
       <c r="F272" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G272" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H272" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I272" s="9"/>
+          <t>УД 08010990</t>
+        </is>
+      </c>
+      <c r="I272" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J272" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K272" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B273" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D273" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E273" s="6" t="n">
         <v>86933</v>
       </c>
       <c r="F273" s="3" t="inlineStr">
         <is>
           <t>графічний дизайн</t>
         </is>
       </c>
       <c r="G273" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H273" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I273" s="9"/>
+          <t>УД 08010989</t>
+        </is>
+      </c>
+      <c r="I273" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J273" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K273" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B274" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D274" s="3" t="inlineStr">
         <is>
@@ -15677,183 +15691,191 @@
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C276" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D276" s="3"/>
       <c r="E276" s="6" t="n">
         <v>80862</v>
       </c>
       <c r="F276" s="3" t="inlineStr">
         <is>
           <t>психологія</t>
         </is>
       </c>
       <c r="G276" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H276" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I276" s="9"/>
+          <t>УД 08010992</t>
+        </is>
+      </c>
+      <c r="I276" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J276" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K276" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B277" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C277" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D277" s="3"/>
       <c r="E277" s="6" t="n">
         <v>80767</v>
       </c>
       <c r="F277" s="3" t="inlineStr">
         <is>
           <t>журналістика</t>
         </is>
       </c>
       <c r="G277" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H277" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I277" s="9"/>
+          <t>УД 08010994</t>
+        </is>
+      </c>
+      <c r="I277" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J277" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K277" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B278" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D278" s="3"/>
       <c r="E278" s="6" t="n">
         <v>82621</v>
       </c>
       <c r="F278" s="3" t="inlineStr">
         <is>
           <t>облік і аудит</t>
         </is>
       </c>
       <c r="G278" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H278" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I278" s="9"/>
+          <t>УД 08010995</t>
+        </is>
+      </c>
+      <c r="I278" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J278" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K278" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B279" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D279" s="3"/>
       <c r="E279" s="6" t="n">
         <v>82625</v>
       </c>
       <c r="F279" s="3" t="inlineStr">
         <is>
           <t>фінанси і кредит</t>
         </is>
       </c>
       <c r="G279" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H279" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I279" s="9"/>
+          <t>УД 08018158</t>
+        </is>
+      </c>
+      <c r="I279" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J279" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K279" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B280" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D280" s="3"/>
       <c r="E280" s="6" t="n">
@@ -16473,54 +16495,56 @@
         <is>
           <t>G10</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D294" s="3"/>
       <c r="E294" s="6" t="n">
         <v>83894</v>
       </c>
       <c r="F294" s="3" t="inlineStr">
         <is>
           <t>ливарне виробництво чорних та кольорових металів і сплавів</t>
         </is>
       </c>
       <c r="G294" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H294" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I294" s="9"/>
+          <t>УД 08012013</t>
+        </is>
+      </c>
+      <c r="I294" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J294" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K294" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B295" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D295" s="3" t="inlineStr">
         <is>
@@ -16704,97 +16728,101 @@
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C299" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D299" s="3"/>
       <c r="E299" s="6" t="n">
         <v>85318</v>
       </c>
       <c r="F299" s="3" t="inlineStr">
         <is>
           <t>технології виробництва авіаційних двигунів та енергетичних установок</t>
         </is>
       </c>
       <c r="G299" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H299" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I299" s="9"/>
+          <t>УД 08012011</t>
+        </is>
+      </c>
+      <c r="I299" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J299" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K299" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B300" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D300" s="3"/>
       <c r="E300" s="6" t="n">
         <v>85320</v>
       </c>
       <c r="F300" s="3" t="inlineStr">
         <is>
           <t>авіаційні двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="G300" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H300" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I300" s="9"/>
+          <t>УД 08012012</t>
+        </is>
+      </c>
+      <c r="I300" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J300" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K300" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B301" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D301" s="3"/>
       <c r="E301" s="6" t="n">
@@ -17287,54 +17315,56 @@
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D312" s="3"/>
       <c r="E312" s="6" t="n">
         <v>85007</v>
       </c>
       <c r="F312" s="3" t="inlineStr">
         <is>
           <t>інформаційні мережі зв’язку</t>
         </is>
       </c>
       <c r="G312" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H312" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I312" s="9"/>
+          <t>УД 08018162</t>
+        </is>
+      </c>
+      <c r="I312" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J312" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K312" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B313" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D313" s="3"/>
       <c r="E313" s="6" t="n">
@@ -17508,269 +17538,281 @@
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D317" s="3"/>
       <c r="E317" s="6" t="n">
         <v>88004</v>
       </c>
       <c r="F317" s="3" t="inlineStr">
         <is>
           <t>композиційні та порошкові матеріали, покриття</t>
         </is>
       </c>
       <c r="G317" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H317" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I317" s="9"/>
+          <t>- 18742</t>
+        </is>
+      </c>
+      <c r="I317" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J317" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K317" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B318" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D318" s="3"/>
       <c r="E318" s="6" t="n">
         <v>83876</v>
       </c>
       <c r="F318" s="3" t="inlineStr">
         <is>
           <t>технології та устаткування зварювання</t>
         </is>
       </c>
       <c r="G318" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H318" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I318" s="9"/>
+          <t>УД 08012006</t>
+        </is>
+      </c>
+      <c r="I318" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J318" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K318" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B319" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D319" s="3"/>
       <c r="E319" s="6" t="n">
         <v>83891</v>
       </c>
       <c r="F319" s="3" t="inlineStr">
         <is>
           <t>обладнання та технології ливарного виробництва</t>
         </is>
       </c>
       <c r="G319" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H319" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I319" s="9"/>
+          <t>УД 08012005</t>
+        </is>
+      </c>
+      <c r="I319" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J319" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K319" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B320" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C320" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D320" s="3"/>
       <c r="E320" s="6" t="n">
         <v>85161</v>
       </c>
       <c r="F320" s="3" t="inlineStr">
         <is>
           <t>обладнання та технології пластичного формування конструкцій машинобудування</t>
         </is>
       </c>
       <c r="G320" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H320" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I320" s="9"/>
+          <t>УД 08012009</t>
+        </is>
+      </c>
+      <c r="I320" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J320" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K320" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B321" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C321" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D321" s="3"/>
       <c r="E321" s="6" t="n">
         <v>87171</v>
       </c>
       <c r="F321" s="3" t="inlineStr">
         <is>
           <t>технології машинобудування</t>
         </is>
       </c>
       <c r="G321" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H321" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I321" s="9"/>
+          <t>УД 08012008</t>
+        </is>
+      </c>
+      <c r="I321" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J321" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K321" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B322" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D322" s="3"/>
       <c r="E322" s="6" t="n">
         <v>81019</v>
       </c>
       <c r="F322" s="3" t="inlineStr">
         <is>
           <t>соціальна робота</t>
         </is>
       </c>
       <c r="G322" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H322" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I322" s="9"/>
+          <t>УД 08012022</t>
+        </is>
+      </c>
+      <c r="I322" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J322" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K322" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B323" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D323" s="3"/>
       <c r="E323" s="6" t="n">
@@ -17815,54 +17857,56 @@
       <c r="C324" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D324" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E324" s="6" t="n">
         <v>80445</v>
       </c>
       <c r="F324" s="3" t="inlineStr">
         <is>
           <t>фізична реабілітація</t>
         </is>
       </c>
       <c r="G324" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H324" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I324" s="9"/>
+          <t>УД 08012021</t>
+        </is>
+      </c>
+      <c r="I324" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J324" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K324" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B325" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D325" s="3"/>
       <c r="E325" s="6" t="n">
@@ -18038,54 +18082,56 @@
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D329" s="3"/>
       <c r="E329" s="6" t="n">
         <v>80446</v>
       </c>
       <c r="F329" s="3" t="inlineStr">
         <is>
           <t>правоохоронна діяльність</t>
         </is>
       </c>
       <c r="G329" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H329" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I329" s="9"/>
+          <t>УД 08012025</t>
+        </is>
+      </c>
+      <c r="I329" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J329" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K329" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B330" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D330" s="3"/>
       <c r="E330" s="6" t="n">
@@ -18736,55 +18782,55 @@
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C345" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D345" s="3"/>
       <c r="E345" s="6" t="n">
         <v>48032</v>
       </c>
       <c r="F345" s="3" t="inlineStr">
         <is>
           <t>металургія</t>
         </is>
       </c>
       <c r="G345" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H345" s="7" t="inlineStr">
         <is>
-          <t>- 9256</t>
+          <t>- 18732</t>
         </is>
       </c>
       <c r="I345" s="9" t="n">
-        <v>45952</v>
+        <v>46309</v>
       </c>
       <c r="J345" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K345" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B346" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C346" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D346" s="3"/>
@@ -18867,55 +18913,55 @@
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C348" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D348" s="3"/>
       <c r="E348" s="6" t="n">
         <v>48033</v>
       </c>
       <c r="F348" s="3" t="inlineStr">
         <is>
           <t>телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G348" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H348" s="7" t="inlineStr">
         <is>
-          <t>- 9497</t>
+          <t>- 19220</t>
         </is>
       </c>
       <c r="I348" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J348" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K348" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B349" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D349" s="3"/>
@@ -19522,56 +19568,54 @@
         <is>
           <t>G10</t>
         </is>
       </c>
       <c r="C363" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D363" s="3"/>
       <c r="E363" s="6" t="n">
         <v>85290</v>
       </c>
       <c r="F363" s="3" t="inlineStr">
         <is>
           <t>металургія</t>
         </is>
       </c>
       <c r="G363" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H363" s="7" t="inlineStr">
         <is>
-          <t>- 17170</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I363" s="9"/>
       <c r="J363" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K363" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B364" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C364" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D364" s="3"/>
       <c r="E364" s="6" t="n">
@@ -20039,118 +20083,118 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>30</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -20217,54 +20261,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -20286,81 +20330,81 @@
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>29</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -20418,51 +20462,51 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -20514,87 +20558,87 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -20613,150 +20657,150 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
@@ -20785,85 +20829,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -20922,120 +20966,120 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>54</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>79</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
@@ -21058,54 +21102,54 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
@@ -21160,187 +21204,187 @@
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>69</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -21395,84 +21439,84 @@
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
@@ -21494,51 +21538,51 @@
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -21631,51 +21675,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -21778,81 +21822,81 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>74</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -21874,51 +21918,51 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -22006,87 +22050,87 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -22174,150 +22218,150 @@
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>121</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>108</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
@@ -22339,279 +22383,279 @@
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>47</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>46</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -22633,51 +22677,51 @@
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
@@ -22765,84 +22809,84 @@
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
@@ -22897,54 +22941,54 @@
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
@@ -22963,51 +23007,51 @@
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -23029,51 +23073,51 @@
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -23165,51 +23209,51 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -23267,51 +23311,51 @@
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
@@ -23334,54 +23378,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
@@ -23437,195 +23481,195 @@
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E104" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E106" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -23687,51 +23731,51 @@
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -23753,51 +23797,51 @@
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -23816,120 +23860,120 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -24083,117 +24127,117 @@
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
@@ -24293,150 +24337,150 @@
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>71</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
@@ -24458,150 +24502,150 @@
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -24660,51 +24704,51 @@
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
@@ -24759,88 +24803,88 @@
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -24929,54 +24973,54 @@
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -25064,51 +25108,51 @@
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -25259,51 +25303,51 @@
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -25325,51 +25369,51 @@
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F159" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
@@ -25424,84 +25468,84 @@
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
@@ -25556,51 +25600,51 @@
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
@@ -25655,51 +25699,51 @@
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -25721,51 +25765,51 @@
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F171" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -25890,51 +25934,51 @@
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F176" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
@@ -25956,87 +26000,87 @@
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F178" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F179" s="6" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
@@ -26789,51 +26833,51 @@
       <c r="H202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I202" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H203" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I203" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -26987,51 +27031,51 @@
       <c r="H208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I208" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F209" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H209" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I209" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -27152,84 +27196,84 @@
       <c r="H213" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I215" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>