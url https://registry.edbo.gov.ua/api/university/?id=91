--- v1 (2025-12-08)
+++ v2 (2026-02-11)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$29</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$40</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$372</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$220</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$195</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -965,54 +965,56 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>правознавство</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>150</v>
       </c>
       <c r="G2" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H2" s="9"/>
+          <t>УД 08011769</t>
+        </is>
+      </c>
+      <c r="H2" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
@@ -1045,54 +1047,56 @@
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>фізична реабілітація</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>124</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H4" s="9"/>
+          <t>УД 08021101</t>
+        </is>
+      </c>
+      <c r="H4" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
@@ -1519,54 +1523,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>правознавство</t>
         </is>
       </c>
       <c r="F16" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H16" s="9"/>
+          <t>УД 08011790</t>
+        </is>
+      </c>
+      <c r="H16" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="3" t="inlineStr">
         <is>
@@ -9190,54 +9196,56 @@
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
         <v>82323</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
           <t>політологія</t>
         </is>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I127" s="9"/>
       <c r="J127" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K127" s="9"/>
+          <t>УД 08011801</t>
+        </is>
+      </c>
+      <c r="K127" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>80860</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>психологія</t>
         </is>
@@ -9555,93 +9563,97 @@
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>86034</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
           <t>бізнес-аналітика</t>
         </is>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I136" s="9"/>
       <c r="J136" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K136" s="9"/>
+          <t>УД 08018155</t>
+        </is>
+      </c>
+      <c r="K136" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>80428</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
           <t>правознавство</t>
         </is>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I137" s="9"/>
       <c r="J137" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K137" s="9"/>
+          <t>УД 08011769</t>
+        </is>
+      </c>
+      <c r="K137" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
         <v>82329</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
           <t>інженерія програмного забезпечення</t>
         </is>
@@ -10256,54 +10268,56 @@
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
         <v>84479</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
           <t>промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I153" s="9"/>
       <c r="J153" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K153" s="9"/>
+          <t>УД 08011780</t>
+        </is>
+      </c>
+      <c r="K153" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
         <v>82287</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
           <t>електричні та електронні апарати</t>
         </is>
@@ -12736,100 +12750,102 @@
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
         <v>4181</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
           <t>спеціалізовані комп'ютерні системи</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I211" s="9"/>
+          <t>- 19720</t>
+        </is>
+      </c>
+      <c r="I211" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t>УД 08011791</t>
         </is>
       </c>
       <c r="K211" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
         <v>19254</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
           <t>інтелектуальні технології та прийняття рішень в складних системах</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
-          <t>- 873</t>
+          <t>- 19515</t>
         </is>
       </c>
       <c r="I212" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D213" s="3"/>
@@ -13411,54 +13427,56 @@
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
         <v>5007</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
           <t>колісні та гусеничні транспортні засоби</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H226" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I226" s="9"/>
+          <t>- 19724</t>
+        </is>
+      </c>
+      <c r="I226" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J226" s="7" t="inlineStr">
         <is>
           <t>УД 08011795</t>
         </is>
       </c>
       <c r="K226" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
@@ -13501,54 +13519,56 @@
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
         <v>5696</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
           <t>металорізальні верстати та системи</t>
         </is>
       </c>
       <c r="G228" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H228" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I228" s="9"/>
+          <t>- 19716</t>
+        </is>
+      </c>
+      <c r="I228" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J228" s="7" t="inlineStr">
         <is>
           <t>УД 08011795</t>
         </is>
       </c>
       <c r="K228" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
@@ -16002,56 +16022,54 @@
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D283" s="3"/>
       <c r="E283" s="6" t="n">
         <v>84246</v>
       </c>
       <c r="F283" s="3" t="inlineStr">
         <is>
           <t>регіональне управління</t>
         </is>
       </c>
       <c r="G283" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H283" s="7" t="inlineStr">
         <is>
-          <t>- 17164</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I283" s="9"/>
       <c r="J283" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K283" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B284" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D284" s="3"/>
       <c r="E284" s="6" t="n">
@@ -16143,54 +16161,56 @@
           <t>Право</t>
         </is>
       </c>
       <c r="D286" s="3"/>
       <c r="E286" s="6" t="n">
         <v>80442</v>
       </c>
       <c r="F286" s="3" t="inlineStr">
         <is>
           <t>правознавство</t>
         </is>
       </c>
       <c r="G286" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H286" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I286" s="9"/>
       <c r="J286" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K286" s="9"/>
+          <t>УД 08011790</t>
+        </is>
+      </c>
+      <c r="K286" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B287" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C287" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D287" s="3"/>
       <c r="E287" s="6" t="n">
         <v>82330</v>
       </c>
       <c r="F287" s="3" t="inlineStr">
         <is>
           <t>інженерія програмного забезпечення</t>
         </is>
@@ -19785,56 +19805,54 @@
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C368" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D368" s="3"/>
       <c r="E368" s="6" t="n">
         <v>84939</v>
       </c>
       <c r="F368" s="3" t="inlineStr">
         <is>
           <t>телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G368" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H368" s="7" t="inlineStr">
         <is>
-          <t>- 17171</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I368" s="9"/>
       <c r="J368" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K368" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B369" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C369" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D369" s="3"/>
       <c r="E369" s="6" t="n">
@@ -19991,51 +20009,51 @@
       <c r="I372" s="9"/>
       <c r="J372" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K372" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K372"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I220"/>
+  <dimension ref="A1:I195"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -20113,51 +20131,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -20624,51 +20642,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -20726,81 +20744,81 @@
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>31</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
@@ -20903,51 +20921,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Транспортні засоби</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
@@ -21234,54 +21252,54 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -21304,51 +21322,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -21469,84 +21487,84 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -21675,51 +21693,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -21752,81 +21770,81 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Промисловий дизайн</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -21918,54 +21936,54 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -21984,51 +22002,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -22083,87 +22101,87 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>65</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -22248,84 +22266,84 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -22380,120 +22398,120 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
@@ -22512,84 +22530,84 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
@@ -22611,51 +22629,51 @@
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>46</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -22809,54 +22827,54 @@
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
@@ -23007,51 +23025,51 @@
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -23073,51 +23091,51 @@
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -23209,54 +23227,54 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -23275,51 +23293,51 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
@@ -23378,121 +23396,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>39</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
@@ -23554,51 +23572,51 @@
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -23662,51 +23680,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
@@ -23728,51 +23746,51 @@
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>72</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -23860,51 +23878,51 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -24025,117 +24043,117 @@
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
@@ -24840,2621 +24858,1784 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>66</v>
+        <v>1</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Маркетинг</t>
+        </is>
+      </c>
+      <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
-[...2 lines deleted...]
-      <c r="D155" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D155" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E155" s="6" t="n">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="F164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>F4</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F166" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>114</v>
+        <v>3</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм та рекреація</t>
+        </is>
+      </c>
+      <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F175" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="F176" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="F178" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G178" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H178" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F179" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
+        </is>
+      </c>
+      <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="F180" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="F181" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H181" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F182" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="F183" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F184" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="F185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="F186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>134</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="F188" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G188" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H188" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="F189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз та наука про дані</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>2</v>
+        <v>43</v>
       </c>
       <c r="F190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="F191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H193" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="F194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I194" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
-[...823 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I220"/>
+  <autoFilter ref="A1:I195"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>