--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -17,62 +17,62 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
-    <sheet name="Ліцензії ФПВО" sheetId="7" state="visible" r:id="rId8"/>
+    <sheet name="Ліцензії ФПО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$4</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$8</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$158</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$117</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -676,51 +676,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>1775</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.04.2021 № 49-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -806,51 +806,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
@@ -999,51 +999,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>056</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>40</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1227,51 +1227,51 @@
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -5262,97 +5262,101 @@
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>63333</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та логістика</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H89" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I89" s="9"/>
+          <t>- 18963</t>
+        </is>
+      </c>
+      <c r="I89" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J89" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>63455</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля у SMART-середовищі</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H90" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I90" s="9"/>
+          <t>- 18964</t>
+        </is>
+      </c>
+      <c r="I90" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K90" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
@@ -8479,51 +8483,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
@@ -8546,88 +8550,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -8649,84 +8653,84 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -8781,54 +8785,54 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -8850,81 +8854,81 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -9019,51 +9023,51 @@
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>42</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
@@ -9148,54 +9152,54 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
+        <v>51</v>
+      </c>
+      <c r="F22" s="6" t="n">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
@@ -9379,51 +9383,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -9973,51 +9977,51 @@
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -10072,51 +10076,51 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
@@ -10274,54 +10278,54 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
@@ -10516,51 +10520,51 @@
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -10612,51 +10616,51 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -10678,121 +10682,121 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -11111,84 +11115,84 @@
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -11309,51 +11313,51 @@
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -11510,81 +11514,81 @@
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
@@ -11606,51 +11610,51 @@
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
@@ -11709,51 +11713,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -12138,51 +12142,51 @@
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>