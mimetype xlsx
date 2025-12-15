--- v1 (2025-11-29)
+++ v2 (2025-12-15)
@@ -5892,54 +5892,56 @@
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
         <v>63331</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанний бізнес</t>
         </is>
       </c>
       <c r="G103" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H103" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I103" s="9"/>
+          <t>- 19325</t>
+        </is>
+      </c>
+      <c r="I103" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J103" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K103" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
@@ -8788,51 +8790,51 @@
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>59</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -9284,51 +9286,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -9383,51 +9385,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -9452,51 +9454,51 @@
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -9977,51 +9979,51 @@
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -10175,51 +10177,51 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
@@ -10917,51 +10919,51 @@
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
@@ -11115,51 +11117,51 @@
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -11214,150 +11216,150 @@
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -11379,87 +11381,87 @@
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
@@ -12076,51 +12078,51 @@
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -12208,51 +12210,51 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>