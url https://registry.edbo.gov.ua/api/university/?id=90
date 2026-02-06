--- v2 (2025-12-15)
+++ v3 (2026-02-06)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ФПО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$158</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$117</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$103</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -419,63 +419,63 @@
         <is>
           <t>rector@kntu.kr.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://www.kntu.kr.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Кропівний Володимир Миколайович</t>
+          <t>Кириченко Андрій Миколайович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -8397,51 +8397,51 @@
       <c r="I158" s="9"/>
       <c r="J158" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K158"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I117"/>
+  <dimension ref="A1:I103"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -8555,51 +8555,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>40</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -8622,117 +8622,117 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -8856,184 +8856,184 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -9154,51 +9154,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
@@ -9220,51 +9220,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>47</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -9286,150 +9286,150 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -9454,117 +9454,117 @@
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>38</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -9583,51 +9583,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -9682,216 +9682,216 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>66</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -9913,51 +9913,51 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -10012,150 +10012,150 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
@@ -10177,88 +10177,88 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -10280,54 +10280,54 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
@@ -10383,51 +10383,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -10486,51 +10486,51 @@
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -10684,84 +10684,84 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -10787,51 +10787,51 @@
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -10856,114 +10856,114 @@
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
@@ -11041,1335 +11041,869 @@
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>72</v>
+        <v>3</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Прикладна механіка</t>
+        </is>
+      </c>
+      <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
-[...460 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I117"/>
+  <autoFilter ref="A1:I103"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>