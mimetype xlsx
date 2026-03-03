--- v0 (2025-12-27)
+++ v1 (2026-03-03)
@@ -3146,84 +3146,84 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
@@ -3249,84 +3249,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -3348,51 +3348,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -3447,150 +3447,150 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
@@ -3645,51 +3645,51 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>