--- v0 (2025-10-24)
+++ v1 (2026-02-12)
@@ -2455,54 +2455,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>56406</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>ДС 006941</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
@@ -3085,51 +3087,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -3184,117 +3186,117 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3349,51 +3351,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -3415,51 +3417,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>119</v>
+        <v>70</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
@@ -3514,51 +3516,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>