--- v0 (2025-12-21)
+++ v1 (2026-03-03)
@@ -19,56 +19,56 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$16</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$152</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$93</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$150</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$82</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -413,154 +413,140 @@
         <is>
           <t>idgu@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://www.idgu.edu.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконувач обов'язків ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Кічук Ярослав Валерійович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A7"/>
+  <dimension ref="A1:A5"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Інститут неперервної освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Педагогічний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Факультет іноземних мов</t>
+          <t>Факультет української та іноземної філології</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Факультет української та іноземної філології</t>
-[...12 lines deleted...]
-        <is>
           <t>Факультет управління, адміністрування та інформаційної діяльності</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A7"/>
+  <autoFilter ref="A1:A5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -1632,51 +1618,51 @@
         <v>46935</v>
       </c>
       <c r="L16" s="3" t="inlineStr">
         <is>
           <t>Рішення АК від 29.03.2013 протокол № 102, наказ МОН від 05.04.2013 № 927-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K152"/>
+  <dimension ref="A1:K150"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -4197,4237 +4183,4157 @@
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="8" t="inlineStr">
         <is>
           <t>УД 16006442</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>54513</v>
+        <v>35321</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
-          <t>Psychology: Clinical psychology</t>
+          <t>Менеджмент: бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I58" s="9"/>
+          <t>- 4633</t>
+        </is>
+      </c>
+      <c r="I58" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J58" s="8" t="inlineStr">
         <is>
-          <t>УД 16006442</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>35321</v>
+        <v>25559</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент: бізнес-адміністрування</t>
+          <t>Підприємництво, торгівля та біржова діяльність: економіка та управління підприємством</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="8" t="inlineStr">
         <is>
-          <t>- 4633</t>
-[...2 lines deleted...]
-      <c r="I59" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I59" s="9"/>
+      <c r="J59" s="8" t="inlineStr">
+        <is>
+          <t>УД 16006440</t>
+        </is>
+      </c>
+      <c r="K59" s="9" t="n">
         <v>46935</v>
       </c>
-      <c r="J59" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>25559</v>
+        <v>61191</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність: економіка та управління підприємством</t>
+          <t>Підприємництво та торгівля: ІТ-підприємництво</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="8" t="inlineStr">
         <is>
-          <t>УД 16006440</t>
+          <t>УД 16017994</t>
         </is>
       </c>
       <c r="K60" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>61191</v>
+        <v>61434</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля: ІТ-підприємництво</t>
+          <t>Підприємництво та торгівля: економіка та управління підприємством</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="8" t="inlineStr">
         <is>
           <t>УД 16017994</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>61434</v>
+        <v>62568</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля: економіка та управління підприємством</t>
+          <t>Підприємництво та торгівля: економічна безпека та митно-логістична діяльність</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I62" s="9"/>
       <c r="J62" s="8" t="inlineStr">
         <is>
           <t>УД 16017994</t>
         </is>
       </c>
       <c r="K62" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>62568</v>
+        <v>25140</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля: економічна безпека та митно-логістична діяльність</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I63" s="9"/>
+          <t>- 3139</t>
+        </is>
+      </c>
+      <c r="I63" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J63" s="8" t="inlineStr">
         <is>
-          <t>УД 16017994</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>25140</v>
+        <v>3502</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="8" t="inlineStr">
         <is>
-          <t>- 3139</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I64" s="9"/>
       <c r="J64" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K64" s="9"/>
+          <t>НД 1687147</t>
+        </is>
+      </c>
+      <c r="K64" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>3502</v>
+        <v>34102</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Комп`ютерне моделювання та технології програмування</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="8" t="inlineStr">
         <is>
           <t>НД 1687147</t>
         </is>
       </c>
       <c r="K65" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>34102</v>
+        <v>18792</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерне моделювання та технології програмування</t>
+          <t>Соціальна робота. Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I66" s="9"/>
       <c r="J66" s="8" t="inlineStr">
         <is>
-          <t>НД 1687147</t>
+          <t>НД 1687108</t>
         </is>
       </c>
       <c r="K66" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>18792</v>
+        <v>54485</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Соціальна педагогіка</t>
+          <t>Соціальна робота. Управління соціальними проєктами та волонтерство</t>
         </is>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="8" t="inlineStr">
         <is>
           <t>НД 1687108</t>
         </is>
       </c>
       <c r="K67" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>54485</v>
+        <v>4362</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Управління соціальними проєктами та волонтерство</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="8" t="inlineStr">
         <is>
-          <t>НД 1687108</t>
+          <t>УД 16006441</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>4362</v>
+        <v>61188</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="8" t="inlineStr">
         <is>
-          <t>УД 16006441</t>
+          <t>УД 16017995</t>
         </is>
       </c>
       <c r="K69" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>61188</v>
+        <v>84752</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I70" s="9"/>
+          <t>- 18542</t>
+        </is>
+      </c>
+      <c r="I70" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J70" s="8" t="inlineStr">
         <is>
-          <t>УД 16017995</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>84752</v>
+        <v>84928</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта. Інклюзивна освіта в початковій школі</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="8" t="inlineStr">
         <is>
-          <t>- 18542</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I71" s="9"/>
       <c r="J71" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K71" s="9"/>
+          <t>УД 16021296</t>
+        </is>
+      </c>
+      <c r="K71" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D72" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D72" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E72" s="6" t="n">
-        <v>84928</v>
+        <v>84474</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта. Інклюзивна освіта в початковій школі</t>
+          <t>Середня освіта (Англійська мова та зарубіжна література (з вивченням другої іноземної мови))</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="8" t="inlineStr">
         <is>
-          <t>УД 16021296</t>
+          <t>УД 16021287</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>84474</v>
+        <v>84934</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Англійська мова та зарубіжна література (з вивченням другої іноземної мови))</t>
+          <t>Середня освіта (Біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="8" t="inlineStr">
         <is>
-          <t>УД 16021287</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K73" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>84934</v>
+        <v>84922</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров’я людини)</t>
+          <t>Середня освіта (Інформатика). Інтернет-технології та вебресурси в освіті</t>
         </is>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I74" s="9"/>
       <c r="J74" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
-        <v>84922</v>
+        <v>84884</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Інформатика). Інтернет-технології та вебресурси в освіті</t>
+          <t>Середня освіта (Болгарська й англійська мови та зарубіжна література)</t>
         </is>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K75" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
-          <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
-        <v>84884</v>
+        <v>83930</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Болгарська й англійська мови та зарубіжна література)</t>
+          <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K76" s="9"/>
+          <t>УД 16021297</t>
+        </is>
+      </c>
+      <c r="K76" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
-        <v>83930</v>
+        <v>83923</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія та громадянська освіта)</t>
+          <t>Середня освіта (Математика)</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I77" s="9"/>
+          <t>- 18551</t>
+        </is>
+      </c>
+      <c r="I77" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J77" s="8" t="inlineStr">
         <is>
-          <t>УД 16021297</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K77" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>83923</v>
+        <v>84944</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Математика)</t>
+          <t>Середня освіта (Мистецтво. Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="8" t="inlineStr">
         <is>
-          <t>- 18551</t>
-[...2 lines deleted...]
-      <c r="I78" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I78" s="9"/>
+      <c r="J78" s="8" t="inlineStr">
+        <is>
+          <t>УД 16021293</t>
+        </is>
+      </c>
+      <c r="K78" s="9" t="n">
         <v>46935</v>
       </c>
-      <c r="J78" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
-        <v>84944</v>
+        <v>84936</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Мистецтво. Музичне мистецтво)</t>
+          <t>Середня освіта (Мистецтво. Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="8" t="inlineStr">
         <is>
-          <t>УД 16021293</t>
+          <t>УД 16021294</t>
         </is>
       </c>
       <c r="K79" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
-        <v>84936</v>
+        <v>84611</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Мистецтво. Образотворче мистецтво)</t>
+          <t>Середня освіта (Німецька й англійська мови та зарубіжна література)</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="8" t="inlineStr">
         <is>
-          <t>УД 16021294</t>
+          <t>УД 16021288</t>
         </is>
       </c>
       <c r="K80" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
-        <v>84611</v>
+        <v>84080</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Німецька й англійська мови та зарубіжна література)</t>
+          <t>Середня освіта (Природничі науки)</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I81" s="9"/>
+          <t>- 18543</t>
+        </is>
+      </c>
+      <c r="I81" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J81" s="8" t="inlineStr">
         <is>
-          <t>УД 16021288</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K81" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Румунська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
-        <v>84080</v>
+        <v>84889</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Природничі науки)</t>
+          <t>Середня освіта (Румунська й англійська мови та зарубіжна література)</t>
         </is>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="8" t="inlineStr">
         <is>
-          <t>- 18543</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I82" s="9"/>
       <c r="J82" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K82" s="9"/>
+          <t>УД 16021290</t>
+        </is>
+      </c>
+      <c r="K82" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
-          <t>Румунська мова та зарубіжна література</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>84889</v>
+        <v>85038</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Румунська й англійська мови та зарубіжна література)</t>
+          <t>Середня освіта (Технології. Інформатика)</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="8" t="inlineStr">
         <is>
-          <t>УД 16021290</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E84" s="6" t="n">
-        <v>85038</v>
+        <v>85054</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Технології. Інформатика)</t>
+          <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I84" s="9"/>
       <c r="J84" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K84" s="9"/>
+          <t>УД 16021292</t>
+        </is>
+      </c>
+      <c r="K84" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
-        <v>85054</v>
+        <v>84002</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I85" s="9"/>
       <c r="J85" s="8" t="inlineStr">
         <is>
-          <t>УД 16021292</t>
+          <t>УД 16021295</t>
         </is>
       </c>
       <c r="K85" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Французька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E86" s="6" t="n">
-        <v>84002</v>
+        <v>84892</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Середня освіта (Французька й англійська мови та зарубіжна література)</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I86" s="9"/>
       <c r="J86" s="8" t="inlineStr">
         <is>
-          <t>УД 16021295</t>
+          <t>УД 16021289</t>
         </is>
       </c>
       <c r="K86" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
-          <t>Французька мова та зарубіжна література</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E87" s="6" t="n">
-        <v>84892</v>
+        <v>85058</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Французька й англійська мови та зарубіжна література)</t>
+          <t>Спеціальна освіта (Корекційна психопедагогіка)</t>
         </is>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I87" s="9"/>
       <c r="J87" s="8" t="inlineStr">
         <is>
-          <t>УД 16021289</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K87" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E88" s="6" t="n">
-        <v>85058</v>
+        <v>84595</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (Корекційна психопедагогіка)</t>
+          <t>Спеціальна освіта (Логопедія)</t>
         </is>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I88" s="9"/>
       <c r="J88" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K88" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>84595</v>
+        <v>84030</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (Логопедія)</t>
+          <t>Фізична культура і спорт: тренерсько-викладацька діяльність</t>
         </is>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I89" s="9"/>
+          <t>- 18541</t>
+        </is>
+      </c>
+      <c r="I89" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J89" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D90" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D90" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E90" s="6" t="n">
-        <v>84030</v>
+        <v>84949</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт: тренерсько-викладацька діяльність</t>
+          <t>Філологія (Англійська і німецька мови та літератури (переклад включно))</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="8" t="inlineStr">
         <is>
-          <t>- 18541</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I90" s="9"/>
       <c r="J90" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K90" s="9"/>
+          <t>УД 16021298</t>
+        </is>
+      </c>
+      <c r="K90" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E91" s="6" t="n">
-        <v>84949</v>
+        <v>84893</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Англійська і німецька мови та літератури (переклад включно))</t>
+          <t>Філологія (Німецька і англійська мови та літератури ( переклад включно))</t>
         </is>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="8" t="inlineStr">
         <is>
           <t>УД 16021298</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>84893</v>
+        <v>85046</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Німецька і англійська мови та літератури ( переклад включно))</t>
+          <t>Філологія (Українська мова і література та англійська мова (переклад включно))</t>
         </is>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I92" s="9"/>
       <c r="J92" s="8" t="inlineStr">
         <is>
           <t>УД 16021298</t>
         </is>
       </c>
       <c r="K92" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>Українська мова та література</t>
+          <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>85046</v>
+        <v>86784</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
-          <t>Філологія (Українська мова і література та англійська мова (переклад включно))</t>
+          <t>Станковий і монументальний живопис</t>
         </is>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I93" s="9"/>
       <c r="J93" s="8" t="inlineStr">
         <is>
-          <t>УД 16021298</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>86784</v>
+        <v>84418</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
-          <t>Станковий і монументальний живопис</t>
+          <t>Локальна історія та організація краєзнавчої роботи (зі знанням мови національної спільноти)</t>
         </is>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I94" s="9"/>
       <c r="J94" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>84418</v>
+        <v>84125</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
-          <t>Локальна історія та організація краєзнавчої роботи (зі знанням мови національної спільноти)</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K95" s="9"/>
+          <t>УД 16021299</t>
+        </is>
+      </c>
+      <c r="K95" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>84125</v>
+        <v>84127</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Психологія. Психологічне консультування</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="8" t="inlineStr">
         <is>
           <t>УД 16021299</t>
         </is>
       </c>
       <c r="K96" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>84127</v>
+        <v>84247</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
-          <t>Психологія. Психологічне консультування</t>
+          <t>Менеджмент: бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I97" s="9"/>
+          <t>- 18550</t>
+        </is>
+      </c>
+      <c r="I97" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J97" s="8" t="inlineStr">
         <is>
-          <t>УД 16021299</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K97" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>84247</v>
+        <v>84250</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент: бізнес-адміністрування</t>
+          <t>Підприємництво та міжнародна торгівля</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="8" t="inlineStr">
         <is>
-          <t>- 18550</t>
-[...2 lines deleted...]
-      <c r="I98" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I98" s="9"/>
+      <c r="J98" s="8" t="inlineStr">
+        <is>
+          <t>УД 16021300</t>
+        </is>
+      </c>
+      <c r="K98" s="9" t="n">
         <v>46935</v>
       </c>
-      <c r="J98" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K98" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>84250</v>
+        <v>75961</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та міжнародна торгівля</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I99" s="9"/>
+          <t>- 18553</t>
+        </is>
+      </c>
+      <c r="I99" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J99" s="8" t="inlineStr">
         <is>
-          <t>УД 16021300</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K99" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>75961</v>
+        <v>87554</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="8" t="inlineStr">
         <is>
-          <t>- 18553</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I100" s="9"/>
       <c r="J100" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K100" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>87554</v>
+        <v>87551</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K101" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>87551</v>
+        <v>84881</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні науки</t>
+          <t>Соціальна робота. Управління соціальними проєктами та волонтерство</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K102" s="9"/>
+          <t>УД 16021301</t>
+        </is>
+      </c>
+      <c r="K102" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>84881</v>
+        <v>84256</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Управління соціальними проєктами та волонтерство</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I103" s="9"/>
       <c r="J103" s="8" t="inlineStr">
         <is>
-          <t>УД 16021301</t>
+          <t>УД 16021302</t>
         </is>
       </c>
       <c r="K103" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>84256</v>
+        <v>17946</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
-[...2 lines deleted...]
-      <c r="G104" s="3"/>
+          <t>Дошкільна освіта. Інклюзивна освіта</t>
+        </is>
+      </c>
+      <c r="G104" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H104" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I104" s="9"/>
+          <t>УД 16006818</t>
+        </is>
+      </c>
+      <c r="I104" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J104" s="8" t="inlineStr">
         <is>
-          <t>УД 16021302</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K104" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>17946</v>
+        <v>24585</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта. Інклюзивна освіта</t>
+          <t>Дошкільна освіта. Альтернативна дошкільна освіта</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H105" s="8" t="inlineStr">
         <is>
-          <t>УД 16006818</t>
+          <t>- 1153</t>
         </is>
       </c>
       <c r="I105" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J105" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>24585</v>
+        <v>24603</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта. Альтернативна дошкільна освіта</t>
+          <t>Початкова освіта. Інклюзивна освіта</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H106" s="8" t="inlineStr">
         <is>
-          <t>- 1153</t>
+          <t>- 1145</t>
         </is>
       </c>
       <c r="I106" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J106" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K106" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D107" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D107" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E107" s="6" t="n">
-        <v>24603</v>
+        <v>60391</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта. Інклюзивна освіта</t>
+          <t>Середня освіта: англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="8" t="inlineStr">
         <is>
-          <t>- 1145</t>
+          <t>- 9739</t>
         </is>
       </c>
       <c r="I107" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J107" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>60391</v>
+        <v>61974</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта: англійська мова та зарубіжна література</t>
+          <t>Середня освіта: історія. Громадянська освіта і національно-патріотичне виховання</t>
         </is>
       </c>
       <c r="G108" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H108" s="8" t="inlineStr">
         <is>
-          <t>- 9739</t>
+          <t>- 9547</t>
         </is>
       </c>
       <c r="I108" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J108" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K108" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
-        <v>61974</v>
+        <v>64325</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта: історія. Громадянська освіта і національно-патріотичне виховання</t>
+          <t>Середня освіта: історія та громадянська освіта. Національно-патріотичне виховання</t>
         </is>
       </c>
       <c r="G109" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H109" s="8" t="inlineStr">
         <is>
           <t>- 9547</t>
         </is>
       </c>
       <c r="I109" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J109" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K109" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
-        <v>64325</v>
+        <v>64424</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта: історія та громадянська освіта. Національно-патріотичне виховання</t>
+          <t>Середня освіта: мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H110" s="8" t="inlineStr">
         <is>
-          <t>- 9547</t>
+          <t>- 9302</t>
         </is>
       </c>
       <c r="I110" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J110" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D111" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E111" s="6" t="n">
-        <v>64424</v>
+        <v>61302</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта: мистецтво. Музичне мистецтво</t>
+          <t>Середня освіта: музичне мистецтво</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H111" s="8" t="inlineStr">
         <is>
           <t>- 9302</t>
         </is>
       </c>
       <c r="I111" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J111" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
-        <v>61302</v>
+        <v>64502</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта: музичне мистецтво</t>
+          <t>Середня освіта: технології</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H112" s="8" t="inlineStr">
         <is>
-          <t>- 9302</t>
+          <t>- 9307</t>
         </is>
       </c>
       <c r="I112" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J112" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K112" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E113" s="6" t="n">
-        <v>64502</v>
+        <v>49415</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта: технології</t>
+          <t>Середня освіта: трудове навчання та технології</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t>- 9307</t>
         </is>
       </c>
       <c r="I113" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E114" s="6" t="n">
-        <v>49415</v>
+        <v>4366</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта: трудове навчання та технології</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H114" s="8" t="inlineStr">
         <is>
-          <t>- 9307</t>
+          <t>УД 16002107</t>
         </is>
       </c>
       <c r="I114" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
-        <v>4366</v>
+        <v>25382</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Середня освіта: українська мова і література</t>
         </is>
       </c>
       <c r="G115" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H115" s="8" t="inlineStr">
         <is>
-          <t>УД 16002107</t>
+          <t>- 19446</t>
         </is>
       </c>
       <c r="I115" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J115" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
-        <v>25382</v>
+        <v>40467</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта: українська мова і література</t>
+          <t>Середня освіта: фізична культура</t>
         </is>
       </c>
       <c r="G116" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H116" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I116" s="9"/>
+          <t>- 3964</t>
+        </is>
+      </c>
+      <c r="I116" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J116" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K116" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>40467</v>
+        <v>28655</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта: фізична культура</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G117" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H117" s="8" t="inlineStr">
         <is>
-          <t>- 3964</t>
+          <t>УД 16006823</t>
         </is>
       </c>
       <c r="I117" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K117" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>28655</v>
+        <v>32659</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент: адміністрування діяльності суб'єктів господарювання</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H118" s="8" t="inlineStr">
         <is>
-          <t>УД 16006823</t>
+          <t>- 1180</t>
         </is>
       </c>
       <c r="I118" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J118" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>32659</v>
+        <v>54511</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент: адміністрування діяльності суб'єктів господарювання</t>
+          <t>Менеджмент. Управління закладом освіти</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="8" t="inlineStr">
         <is>
-          <t>- 1180</t>
+          <t>- 9816</t>
         </is>
       </c>
       <c r="I119" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J119" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K119" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>54511</v>
+        <v>54510</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент. Управління закладом освіти</t>
+          <t>Економіка та управління підприємствами. Менеджмент проєктів і консалтинг</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="8" t="inlineStr">
         <is>
-          <t>- 9816</t>
+          <t>- 5957</t>
         </is>
       </c>
       <c r="I120" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J120" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K120" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>54510</v>
+        <v>61066</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Економіка та управління підприємствами. Менеджмент проєктів і консалтинг</t>
+          <t>Економіка та управління підприємствами (менеджмент проєктів і консалтинг)</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="8" t="inlineStr">
         <is>
           <t>- 5957</t>
         </is>
       </c>
       <c r="I121" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J121" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K121" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>61066</v>
+        <v>18102</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Економіка та управління підприємствами (менеджмент проєктів і консалтинг)</t>
+          <t>Соціальна робота. Соціальна педагогіка.</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="8" t="inlineStr">
         <is>
-          <t>- 5957</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I122" s="9"/>
       <c r="J122" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K122" s="9"/>
+          <t>НД 1687110</t>
+        </is>
+      </c>
+      <c r="K122" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>18102</v>
+        <v>61361</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Соціальна педагогіка.</t>
+          <t>Соціальна робота. Соціально-психологічна реабілітація</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I123" s="9"/>
       <c r="J123" s="8" t="inlineStr">
         <is>
           <t>НД 1687110</t>
         </is>
       </c>
       <c r="K123" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>61361</v>
+        <v>62573</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Соціально-психологічна реабілітація</t>
+          <t>Соціальна робота. Соціально-правовий захист військовослужбовців. Координація регіональної ветеранської політики</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H124" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I124" s="9"/>
       <c r="J124" s="8" t="inlineStr">
         <is>
           <t>НД 1687110</t>
         </is>
       </c>
       <c r="K124" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>62573</v>
+        <v>64345</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Соціально-правовий захист військовослужбовців. Координація регіональної ветеранської політики</t>
+          <t>Соціальна робота. Логопедично-реабілітаційний супровід осіб з особливими освітніми потребами</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H125" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I125" s="9"/>
       <c r="J125" s="8" t="inlineStr">
         <is>
           <t>НД 1687110</t>
         </is>
       </c>
       <c r="K125" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>64345</v>
+        <v>64351</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Логопедично-реабілітаційний супровід осіб з особливими освітніми потребами</t>
+          <t>Соціальна робота. Цифрові технології у сфері надання соціальних послуг</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H126" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I126" s="9"/>
       <c r="J126" s="8" t="inlineStr">
         <is>
           <t>НД 1687110</t>
         </is>
       </c>
       <c r="K126" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>64351</v>
+        <v>65042</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Цифрові технології у сфері надання соціальних послуг</t>
+          <t>Соціальна робота. Соціальна екологія, природоохоронний контроль та інспектування</t>
         </is>
       </c>
       <c r="G127" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H127" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I127" s="9"/>
       <c r="J127" s="8" t="inlineStr">
         <is>
           <t>НД 1687110</t>
         </is>
       </c>
       <c r="K127" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>65042</v>
+        <v>65191</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Соціальна екологія, природоохоронний контроль та інспектування</t>
+          <t>Соціальна робота. Клінічна та військова психологія</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H128" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I128" s="9"/>
       <c r="J128" s="8" t="inlineStr">
         <is>
           <t>НД 1687110</t>
         </is>
       </c>
       <c r="K128" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>65191</v>
+        <v>85221</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Клінічна та військова психологія</t>
+          <t>Дошкільна освіта. Альтернативна дошкільна освіта</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I129" s="9"/>
+          <t>- 18555</t>
+        </is>
+      </c>
+      <c r="I129" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J129" s="8" t="inlineStr">
         <is>
-          <t>НД 1687110</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>85221</v>
+        <v>85219</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта. Альтернативна дошкільна освіта</t>
+          <t>Початкова освіта. Інклюзивна освіта</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="8" t="inlineStr">
         <is>
-          <t>- 18555</t>
+          <t>- 18556</t>
         </is>
       </c>
       <c r="I130" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K130" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D131" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D131" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E131" s="6" t="n">
-        <v>85219</v>
+        <v>82368</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта. Інклюзивна освіта</t>
+          <t>Середня освіта (Англійська мова та зарубіжна література)</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="8" t="inlineStr">
         <is>
-          <t>- 18556</t>
+          <t>- 18545</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J131" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E132" s="6" t="n">
-        <v>82368</v>
+        <v>84040</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Англійська мова та зарубіжна література)</t>
+          <t>Середня освіта (Історія та громадянська освіта. Національно-патріотичне виховання)</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="8" t="inlineStr">
         <is>
-          <t>- 18545</t>
+          <t>- 18546</t>
         </is>
       </c>
       <c r="I132" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J132" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K132" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D133" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E133" s="6" t="n">
-        <v>84040</v>
+        <v>84681</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія та громадянська освіта. Національно-патріотичне виховання)</t>
+          <t>Середня освіта (Мистецтво. Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="8" t="inlineStr">
         <is>
-          <t>- 18546</t>
+          <t>- 18548</t>
         </is>
       </c>
       <c r="I133" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J133" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K133" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
-        <v>84681</v>
+        <v>84066</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Мистецтво. Музичне мистецтво)</t>
+          <t>Середня освіта (Технології)</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H134" s="8" t="inlineStr">
         <is>
-          <t>- 18548</t>
+          <t>- 18547</t>
         </is>
       </c>
       <c r="I134" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J134" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K134" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E135" s="6" t="n">
-        <v>84066</v>
+        <v>85055</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Технології)</t>
+          <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H135" s="8" t="inlineStr">
         <is>
-          <t>- 18547</t>
+          <t>- 19790</t>
         </is>
       </c>
       <c r="I135" s="9" t="n">
-        <v>47665</v>
+        <v>48030</v>
       </c>
       <c r="J135" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K135" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D136" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E136" s="6" t="n">
-        <v>85055</v>
+        <v>83962</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H136" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I136" s="9"/>
+          <t>- 18552</t>
+        </is>
+      </c>
+      <c r="I136" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>83962</v>
+        <v>88108</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Міжнаціональні відносини та історична пам'ять в контексті євроінтеграції України</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="8" t="inlineStr">
         <is>
-          <t>- 18552</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I137" s="9"/>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K137" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>88108</v>
+        <v>80791</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Міжнаціональні відносини та історична пам'ять в контексті євроінтеграції України</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I138" s="9"/>
+          <t>УД 16006823</t>
+        </is>
+      </c>
+      <c r="I138" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>80791</v>
+        <v>84262</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент: адміністрування діяльності суб’єктів господарювання</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="8" t="inlineStr">
         <is>
-          <t>УД 16006823</t>
+          <t>- 18554</t>
         </is>
       </c>
       <c r="I139" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K139" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>84262</v>
+        <v>84263</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент: адміністрування діяльності суб’єктів господарювання</t>
+          <t>Менеджмент. Управління закладом освіти</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="8" t="inlineStr">
         <is>
-          <t>- 18554</t>
+          <t>- 18544</t>
         </is>
       </c>
       <c r="I140" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J140" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K140" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>84263</v>
+        <v>84265</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент. Управління закладом освіти</t>
+          <t>Підприємництво, торгівля та бізнес-технології</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="8" t="inlineStr">
         <is>
-          <t>- 18544</t>
+          <t>- 18549</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J141" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>84265</v>
+        <v>80190</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та бізнес-технології</t>
+          <t>Соціальна робота та консультування. Медіація</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="8" t="inlineStr">
         <is>
-          <t>- 18549</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I142" s="9"/>
       <c r="J142" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K142" s="9"/>
+          <t>УД 16021303</t>
+        </is>
+      </c>
+      <c r="K142" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>88113</v>
+        <v>46574</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Моніторинг та безпека екосистем Чорноморського басейну</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="G143" s="3"/>
       <c r="H143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I143" s="9"/>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>80190</v>
+        <v>44379</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування. Медіація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="G144" s="3"/>
       <c r="H144" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I144" s="9"/>
+          <t>- 792</t>
+        </is>
+      </c>
+      <c r="I144" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J144" s="8" t="inlineStr">
         <is>
-          <t>УД 16021303</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K144" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
-          <t>Молодший бакалавр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>46574</v>
+        <v>22294</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I145" s="9"/>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>44379</v>
+        <v>37434</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="8" t="inlineStr">
         <is>
-          <t>- 792</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I146" s="9"/>
       <c r="J146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>22294</v>
+        <v>85059</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
-[...2 lines deleted...]
-      <c r="G147" s="3"/>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="G147" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H147" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I147" s="9"/>
       <c r="J147" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>37434</v>
+        <v>85423</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="G148" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="G148" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I148" s="9"/>
       <c r="J148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>85059</v>
+        <v>84416</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I149" s="9"/>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>85423</v>
+        <v>84950</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I150" s="9"/>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
-[...84 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K152"/>
+  <autoFilter ref="A1:K150"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I93"/>
+  <dimension ref="A1:I82"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -8612,51 +8518,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Румунська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -9159,51 +9065,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
@@ -9228,51 +9134,51 @@
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -9390,84 +9296,84 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
@@ -9792,51 +9698,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -9863,51 +9769,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -10303,51 +10209,51 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -10513,84 +10419,84 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -10876,169 +10782,169 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -11064,51 +10970,51 @@
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -11178,568 +11084,181 @@
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
-[...377 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I93"/>
+  <autoFilter ref="A1:I82"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>