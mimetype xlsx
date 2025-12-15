--- v0 (2025-11-08)
+++ v1 (2025-12-15)
@@ -2279,51 +2279,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>