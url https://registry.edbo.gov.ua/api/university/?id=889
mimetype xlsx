--- v1 (2025-12-15)
+++ v2 (2026-03-10)
@@ -2390,88 +2390,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Мистецтвознавство</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -2538,54 +2538,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E11" s="8" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>