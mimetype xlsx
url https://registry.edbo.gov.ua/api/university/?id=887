--- v0 (2025-10-21)
+++ v1 (2026-02-12)
@@ -3290,51 +3290,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -3356,51 +3356,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -3422,117 +3422,117 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>