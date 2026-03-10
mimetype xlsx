--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -2554,51 +2554,51 @@
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>39488</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t>- 2678</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
@@ -3447,117 +3447,117 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -3612,120 +3612,120 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">