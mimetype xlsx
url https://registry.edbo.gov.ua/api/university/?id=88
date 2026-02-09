--- v0 (2025-12-08)
+++ v1 (2026-02-09)
@@ -29,52 +29,52 @@
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПТО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$26</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$4</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$191</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$158</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$159</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$134</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -2502,51 +2502,51 @@
       </c>
       <c r="C4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D4" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K191"/>
+  <dimension ref="A1:K159"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2705,321 +2705,321 @@
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>55577</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійська, німецька))</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t>НД 2489133</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>55579</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійська, іспанська))</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t>НД 2489133</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>61341</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійська, німецька))</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="8" t="inlineStr">
         <is>
           <t>НД 2489133</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>61342</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійська, іспанська))</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t>НД 2489133</t>
         </is>
       </c>
       <c r="K7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>36648</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Біологія та здоров'я людини. Хімія)</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="8" t="inlineStr">
         <is>
           <t>УД 24009543</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>56063</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Біологія та здоров’я людини). Психологія</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t>УД 24009543</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>63675</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Біологія та здоров’я людини. Фізична культура)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t>УД 24009543</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
         <v>36644</v>
@@ -3153,411 +3153,411 @@
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>34137</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія. Правознавство)</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t>НД 2489130</t>
         </is>
       </c>
       <c r="K14" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>34138</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія. Географія)</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t>НД 2489130</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>64596</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія. Захист України)</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t>НД 2489130</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
         <v>64597</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія. Правознавство)</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t>НД 2489130</t>
         </is>
       </c>
       <c r="K17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
         <v>34131</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика. Інформатика)</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="8" t="inlineStr">
         <is>
           <t>НД 2489143</t>
         </is>
       </c>
       <c r="K18" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>64572</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="8" t="inlineStr">
         <is>
           <t>НД 2489127</t>
         </is>
       </c>
       <c r="K19" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>64570</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t>НД 2489129</t>
         </is>
       </c>
       <c r="K20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
         <v>31367</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t>НД 2489127</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>31368</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="8" t="inlineStr">
         <is>
           <t>НД 2489129</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
         <v>31352</v>
@@ -3603,321 +3603,321 @@
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>64580</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Технології. Інформатика)</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="8" t="inlineStr">
         <is>
           <t>НД 2489120</t>
         </is>
       </c>
       <c r="K24" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>34513</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Трудове навчання та технології. Інформатика)</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t>НД 2489120</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>35035</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література. Мова і література (польська))</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t>НД 2489132</t>
         </is>
       </c>
       <c r="K26" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
         <v>35068</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література. Мова і література (англійська))</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t>НД 2489132</t>
         </is>
       </c>
       <c r="K27" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
         <v>34132</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика. Інформатика)</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t>УД 24017915</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>61705</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика. Інформатика)</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="8" t="inlineStr">
         <is>
           <t>УД 24017915</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
         <v>31035</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t>НД 2489125</t>
         </is>
       </c>
       <c r="K30" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
         <v>31092</v>
@@ -3959,145 +3959,145 @@
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
         <v>40505</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта (Харчові технології)</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="8" t="inlineStr">
         <is>
-          <t>НД 2489121</t>
+          <t>УД 24015465</t>
         </is>
       </c>
       <c r="K32" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
         <v>40522</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта (Комп'ютерні технології)</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="8" t="inlineStr">
         <is>
           <t>УД 24015464</t>
         </is>
       </c>
       <c r="I33" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
         <v>51992</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="8" t="inlineStr">
         <is>
           <t>НД 2489123</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>46293</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -4217,133 +4217,133 @@
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>34136</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія (Краєзнавчо-туристична робота)</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="8" t="inlineStr">
         <is>
           <t>НД 2489131</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>61714</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t>НД 2489131</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>32110</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t>НД 2489135</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>31268</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -4461,92 +4461,92 @@
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>5726</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t>НД 2489139</t>
         </is>
       </c>
       <c r="K44" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>59375</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="8" t="inlineStr">
         <is>
           <t>УД 24019060</t>
         </is>
       </c>
       <c r="K45" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>2854</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -4584,51 +4584,51 @@
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>6492</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I47" s="9"/>
       <c r="J47" s="8" t="inlineStr">
         <is>
           <t>НД 2489138</t>
         </is>
       </c>
       <c r="K47" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>32117</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -4828,51 +4828,51 @@
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>36620</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота (Соціально-психологічне консультування)</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="8" t="inlineStr">
         <is>
           <t>НД 2489124</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>31336</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
@@ -4945,51 +4945,51 @@
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>5150</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="8" t="inlineStr">
         <is>
           <t>УД 24010138</t>
         </is>
       </c>
       <c r="I56" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D57" s="3"/>
@@ -5113,273 +5113,281 @@
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
         <v>80191</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійська, іспанська))</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K60" s="9"/>
+          <t>УД 24020308</t>
+        </is>
+      </c>
+      <c r="K60" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
         <v>80202</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійська, німецька))</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K61" s="9"/>
+          <t>УД 24020308</t>
+        </is>
+      </c>
+      <c r="K61" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
         <v>80241</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійська, польська))</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I62" s="9"/>
       <c r="J62" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K62" s="9"/>
+          <t>УД 24020308</t>
+        </is>
+      </c>
+      <c r="K62" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
         <v>81545</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Біологія та здоров’я людини. Хімія)</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="8" t="inlineStr">
         <is>
           <t>УД 24020306</t>
         </is>
       </c>
       <c r="K63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
         <v>82636</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Біологія та здоров’я людини. Фізична культура)</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I64" s="9"/>
       <c r="J64" s="8" t="inlineStr">
         <is>
           <t>УД 24020306</t>
         </is>
       </c>
       <c r="K64" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E65" s="6" t="n">
         <v>81549</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Географія. Біологія та здоров'я людини)</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K65" s="9"/>
+          <t>УД 24020304</t>
+        </is>
+      </c>
+      <c r="K65" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Захист України</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
         <v>80655</v>
       </c>
@@ -5467,229 +5475,231 @@
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
         <v>80510</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія. Захист України)</t>
         </is>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="8" t="inlineStr">
         <is>
           <t>УД 24020300</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
         <v>80625</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="8" t="inlineStr">
         <is>
           <t>УД 24020300</t>
         </is>
       </c>
       <c r="K69" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
         <v>80254</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика. Інформатика)</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K70" s="9"/>
+          <t>УД 24020312</t>
+        </is>
+      </c>
+      <c r="K70" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
         <v>80760</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I71" s="9"/>
       <c r="J71" s="8" t="inlineStr">
         <is>
           <t>УД 24020283</t>
         </is>
       </c>
       <c r="K71" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
         <v>80769</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="8" t="inlineStr">
         <is>
           <t>УД 24020284</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
         <v>80425</v>
@@ -5731,226 +5741,236 @@
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
         <v>80739</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Технології. Інформатика)</t>
         </is>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I74" s="9"/>
       <c r="J74" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K74" s="9"/>
+          <t>УД 24020288</t>
+        </is>
+      </c>
+      <c r="K74" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
         <v>80171</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література. Мова і література (польська))</t>
         </is>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K75" s="9"/>
+          <t>УД 24020290</t>
+        </is>
+      </c>
+      <c r="K75" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
         <v>80175</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література. Мова і література (англійська))</t>
         </is>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K76" s="9"/>
+          <t>УД 24020290</t>
+        </is>
+      </c>
+      <c r="K76" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
         <v>80395</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика. Інформатика)</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K77" s="9"/>
+          <t>УД 24020310</t>
+        </is>
+      </c>
+      <c r="K77" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
         <v>80430</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K78" s="9"/>
+          <t>УД 24020294</t>
+        </is>
+      </c>
+      <c r="K78" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
         <v>81543</v>
       </c>
@@ -5995,51 +6015,51 @@
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
         <v>80636</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта (Харчові технології)</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="8" t="inlineStr">
         <is>
           <t>УД 24020286</t>
         </is>
       </c>
       <c r="K80" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
         <v>80624</v>
@@ -6083,51 +6103,51 @@
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
         <v>80514</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="8" t="inlineStr">
         <is>
           <t>УД 24020309</t>
         </is>
       </c>
       <c r="K82" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>70215</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -6165,51 +6185,51 @@
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>71113</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I84" s="9"/>
       <c r="J84" s="8" t="inlineStr">
         <is>
           <t>УД 24020282</t>
         </is>
       </c>
       <c r="K84" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
         <v>87341</v>
@@ -6255,51 +6275,51 @@
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E86" s="6" t="n">
         <v>72258</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I86" s="9"/>
       <c r="J86" s="8" t="inlineStr">
         <is>
           <t>УД 24020295</t>
         </is>
       </c>
       <c r="K86" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>70247</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -6417,51 +6437,51 @@
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>71463</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="8" t="inlineStr">
         <is>
           <t>УД 24020297</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>71487</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -6499,51 +6519,51 @@
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>71468</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I92" s="9"/>
       <c r="J92" s="8" t="inlineStr">
         <is>
           <t>УД 24020299</t>
         </is>
       </c>
       <c r="K92" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>71623</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
@@ -6657,95 +6677,99 @@
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>70219</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K96" s="9"/>
+          <t>УД 24020280</t>
+        </is>
+      </c>
+      <c r="K96" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>70248</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="8" t="inlineStr">
         <is>
           <t>- 13922</t>
         </is>
       </c>
       <c r="I97" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J97" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K97" s="9"/>
+          <t>УД 24020280</t>
+        </is>
+      </c>
+      <c r="K97" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>71690</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
@@ -6791,4366 +6815,2854 @@
           <t>Туризм</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K99" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>64529</v>
+        <v>4652</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>Педагогіка та управління закладом освіти</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H100" s="8" t="inlineStr">
         <is>
-          <t>- 18838</t>
+          <t>- 11134</t>
         </is>
       </c>
       <c r="I100" s="9" t="n">
-        <v>46344</v>
+        <v>47665</v>
       </c>
       <c r="J100" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K100" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D101" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D101" s="3" t="inlineStr">
+        <is>
+          <t>Біологія та здоров’я людини</t>
+        </is>
+      </c>
       <c r="E101" s="6" t="n">
-        <v>4652</v>
+        <v>30185</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Середня освіта (Біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H101" s="8" t="inlineStr">
         <is>
-          <t>- 11134</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I101" s="9"/>
       <c r="J101" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K101" s="9"/>
+          <t>УД 24009544</t>
+        </is>
+      </c>
+      <c r="K101" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D102" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D102" s="3" t="inlineStr">
+        <is>
+          <t>Інформатика</t>
+        </is>
+      </c>
       <c r="E102" s="6" t="n">
-        <v>29565</v>
+        <v>29573</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта. Початкова освіта</t>
+          <t>Середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G102" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H102" s="8" t="inlineStr">
         <is>
-          <t>- 18836</t>
+          <t>- 6630</t>
         </is>
       </c>
       <c r="I102" s="9" t="n">
-        <v>46344</v>
+        <v>47300</v>
       </c>
       <c r="J102" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K102" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D103" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D103" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
       <c r="E103" s="6" t="n">
-        <v>4918</v>
+        <v>29519</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта (Математика. Інформатика)</t>
         </is>
       </c>
       <c r="G103" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H103" s="8" t="inlineStr">
         <is>
-          <t>- 253</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I103" s="9"/>
       <c r="J103" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K103" s="9"/>
+          <t>НД 2489166</t>
+        </is>
+      </c>
+      <c r="K103" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E104" s="6" t="n">
-        <v>61343</v>
+        <v>64577</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Мова і література (англійська, німецька))</t>
+          <t>Середня освіта (Музичне мистецтво). (Художня культура)</t>
         </is>
       </c>
       <c r="G104" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H104" s="8" t="inlineStr">
         <is>
-          <t>- 2622</t>
+          <t>- 18837</t>
         </is>
       </c>
       <c r="I104" s="9" t="n">
-        <v>46569</v>
+        <v>46344</v>
       </c>
       <c r="J104" s="8" t="inlineStr">
         <is>
-          <t>НД 2489159</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K104" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E105" s="6" t="n">
-        <v>61344</v>
+        <v>30139</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Мова і література (англійська, французька))</t>
+          <t>Середня освіта (Природничі науки)</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H105" s="8" t="inlineStr">
         <is>
-          <t>- 2607</t>
+          <t>- 1832</t>
         </is>
       </c>
       <c r="I105" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J105" s="8" t="inlineStr">
         <is>
-          <t>НД 2489159</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E106" s="6" t="n">
-        <v>61345</v>
+        <v>30187</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Мова і література (англійська, іспанська))</t>
+          <t>Середня освіта (Хімія)</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H106" s="8" t="inlineStr">
         <is>
-          <t>- 2606</t>
+          <t>- 9729</t>
         </is>
       </c>
       <c r="I106" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J106" s="8" t="inlineStr">
         <is>
-          <t>НД 2489159</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K106" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
-        <v>30184</v>
+        <v>51979</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров’я людини. Хімія)</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I107" s="9"/>
+          <t>- 13112</t>
+        </is>
+      </c>
+      <c r="I107" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J107" s="8" t="inlineStr">
         <is>
-          <t>УД 24009544</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>30185</v>
+        <v>63604</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров’я людини)</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="G108" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H108" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="8" t="inlineStr">
         <is>
-          <t>УД 24009544</t>
+          <t>НД 2489156</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>31695</v>
+        <v>6489</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Географія. Біологія та здоров'я людини)</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G109" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H109" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I109" s="9"/>
+          <t>- 6681</t>
+        </is>
+      </c>
+      <c r="I109" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J109" s="8" t="inlineStr">
         <is>
-          <t>НД 2489165</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K109" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>29573</v>
+        <v>29600</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Інформатика)</t>
+          <t>Менеджмент. Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H110" s="8" t="inlineStr">
         <is>
-          <t>- 6630</t>
+          <t>- 1030</t>
         </is>
       </c>
       <c r="I110" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="J110" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Екологія</t>
+        </is>
+      </c>
+      <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>27423</v>
+        <v>55142</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія)</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H111" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I111" s="9"/>
+          <t>- 18892</t>
+        </is>
+      </c>
+      <c r="I111" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J111" s="8" t="inlineStr">
         <is>
-          <t>НД 2489155</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>64592</v>
+        <v>3674</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія)</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H112" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="8" t="inlineStr">
         <is>
-          <t>НД 2489155</t>
+          <t>НД 2489152</t>
         </is>
       </c>
       <c r="K112" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>29519</v>
+        <v>80009</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Математика. Інформатика)</t>
+          <t>Педагогіка та управління закладом освіти</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="8" t="inlineStr">
         <is>
-          <t>НД 2489166</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>64577</v>
+        <v>70223</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Музичне мистецтво). (Художня культура)</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H114" s="8" t="inlineStr">
         <is>
-          <t>- 18837</t>
+          <t>- 13926</t>
         </is>
       </c>
       <c r="I114" s="9" t="n">
-        <v>46344</v>
+        <v>47665</v>
       </c>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>64571</v>
+        <v>71629</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Образотворче мистецтво)</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G115" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H115" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I115" s="9"/>
+          <t>- 13924</t>
+        </is>
+      </c>
+      <c r="I115" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J115" s="8" t="inlineStr">
         <is>
-          <t>НД 2489154</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
-        <v>29722</v>
+        <v>80208</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Образотворче мистецтво)</t>
+          <t>Середня освіта (Мова і література (англійська, іспанська))</t>
         </is>
       </c>
       <c r="G116" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H116" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I116" s="9"/>
+          <t>- 13931</t>
+        </is>
+      </c>
+      <c r="I116" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J116" s="8" t="inlineStr">
         <is>
-          <t>НД 2489154</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K116" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
-        <v>30139</v>
+        <v>80246</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Природничі науки)</t>
+          <t>Середня освіта (Мова і література (англійська, німецька))</t>
         </is>
       </c>
       <c r="G117" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H117" s="8" t="inlineStr">
         <is>
-          <t>- 1832</t>
+          <t>- 13930</t>
         </is>
       </c>
       <c r="I117" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K117" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E118" s="6" t="n">
-        <v>64579</v>
+        <v>81544</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Технології. Інформатика)</t>
+          <t>Середня освіта (Біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H118" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I118" s="9"/>
       <c r="J118" s="8" t="inlineStr">
         <is>
-          <t>НД 2489149</t>
+          <t>УД 24020307</t>
         </is>
       </c>
       <c r="K118" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
-        <v>29641</v>
+        <v>84462</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література. Мова і література (англійська))</t>
+          <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="8" t="inlineStr">
         <is>
-          <t>НД 2489157</t>
+          <t>УД 24020305</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
-        <v>33982</v>
+        <v>80282</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література. Мова і література (польська))</t>
+          <t>Середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I120" s="9"/>
+          <t>- 13928</t>
+        </is>
+      </c>
+      <c r="I120" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J120" s="8" t="inlineStr">
         <is>
-          <t>НД 2489157</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K120" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
-        <v>61708</v>
+        <v>80517</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізика. Інформатика)</t>
+          <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I121" s="9"/>
       <c r="J121" s="8" t="inlineStr">
         <is>
-          <t>УД 24017916</t>
+          <t>УД 24020301</t>
         </is>
       </c>
       <c r="K121" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E122" s="6" t="n">
-        <v>29571</v>
+        <v>80283</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Середня освіта (Математика. Інформатика)</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="8" t="inlineStr">
         <is>
-          <t>- 10576</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I122" s="9"/>
       <c r="J122" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K122" s="9"/>
+          <t>УД 24020313</t>
+        </is>
+      </c>
+      <c r="K122" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
-        <v>30187</v>
+        <v>80752</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Хімія)</t>
+          <t>Середня освіта (Музичне мистецтво). (Художня культура)</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="8" t="inlineStr">
         <is>
-          <t>- 9729</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I123" s="9"/>
       <c r="J123" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E124" s="6" t="n">
-        <v>34357</v>
+        <v>80763</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Хореографія)</t>
+          <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H124" s="8" t="inlineStr">
         <is>
-          <t>- 9733</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I124" s="9"/>
       <c r="J124" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K124" s="9"/>
+          <t>УД 24020285</t>
+        </is>
+      </c>
+      <c r="K124" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E125" s="6" t="n">
-        <v>40573</v>
+        <v>80443</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Харчові технології)</t>
+          <t>Середня освіта (Природничі науки)</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H125" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I125" s="9"/>
+          <t>- 13927</t>
+        </is>
+      </c>
+      <c r="I125" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J125" s="8" t="inlineStr">
         <is>
-          <t>НД 2489150</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K125" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D126" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E126" s="6" t="n">
-        <v>40581</v>
+        <v>80747</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Комп'ютерні технології)</t>
+          <t>Середня освіта (Технології. Інформатика)</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H126" s="8" t="inlineStr">
         <is>
-          <t>- 13105</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I126" s="9"/>
       <c r="J126" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K126" s="9"/>
+          <t>УД 24020289</t>
+        </is>
+      </c>
+      <c r="K126" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D127" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E127" s="6" t="n">
-        <v>51979</v>
+        <v>81394</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Середня освіта (Українська мова і література. Англійська мова та зарубіжна література)</t>
         </is>
       </c>
       <c r="G127" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H127" s="8" t="inlineStr">
         <is>
-          <t>- 13112</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I127" s="9"/>
       <c r="J127" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K127" s="9"/>
+          <t>УД 24020291</t>
+        </is>
+      </c>
+      <c r="K127" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D128" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D128" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="E128" s="6" t="n">
-        <v>3942</v>
+        <v>81401</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Середня освіта (Українська мова і література. Польська мова та зарубіжна література)</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H128" s="8" t="inlineStr">
         <is>
-          <t>- 6878</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I128" s="9"/>
       <c r="J128" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K128" s="9"/>
+          <t>УД 24020291</t>
+        </is>
+      </c>
+      <c r="K128" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D129" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D129" s="3" t="inlineStr">
+        <is>
+          <t>Фізика та астрономія</t>
+        </is>
+      </c>
       <c r="E129" s="6" t="n">
-        <v>3471</v>
+        <v>80415</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Середня освіта (Фізика. Інформатика)</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I129" s="9"/>
       <c r="J129" s="8" t="inlineStr">
         <is>
-          <t>НД 2489156</t>
+          <t>УД 24020311</t>
         </is>
       </c>
       <c r="K129" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D130" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D130" s="3" t="inlineStr">
+        <is>
+          <t>Фізична культура</t>
+        </is>
+      </c>
       <c r="E130" s="6" t="n">
-        <v>63604</v>
+        <v>80452</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I130" s="9"/>
+          <t>- 13925</t>
+        </is>
+      </c>
+      <c r="I130" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J130" s="8" t="inlineStr">
         <is>
-          <t>НД 2489156</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K130" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
-        <v>32099</v>
+        <v>81587</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Філологія. Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Середня освіта (Хімія)</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I131" s="9"/>
+          <t>- 13929</t>
+        </is>
+      </c>
+      <c r="I131" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J131" s="8" t="inlineStr">
         <is>
-          <t>НД 2489158</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
-          <t>українська мова та література</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="E132" s="6" t="n">
-        <v>27519</v>
+        <v>86821</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Філологія. Українська мова та література</t>
+          <t>Середня освіта (Хореографія)</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I132" s="9"/>
+          <t>- 17617</t>
+        </is>
+      </c>
+      <c r="I132" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J132" s="8" t="inlineStr">
         <is>
-          <t>НД 2489158</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K132" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D133" s="3"/>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D133" s="3" t="inlineStr">
+        <is>
+          <t>Цифрові технології</t>
+        </is>
+      </c>
       <c r="E133" s="6" t="n">
-        <v>25095</v>
+        <v>80628</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Професійна освіта (Комп’ютерні технології)</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I133" s="9"/>
+          <t>- 18111</t>
+        </is>
+      </c>
+      <c r="I133" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J133" s="8" t="inlineStr">
         <is>
-          <t>НД 2489161</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K133" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="D134" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D134" s="3" t="inlineStr">
+        <is>
+          <t>Логопедія</t>
+        </is>
+      </c>
       <c r="E134" s="6" t="n">
-        <v>6489</v>
+        <v>80473</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H134" s="8" t="inlineStr">
         <is>
-          <t>- 6681</t>
+          <t>- 17618</t>
         </is>
       </c>
       <c r="I134" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J134" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K134" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>25096</v>
+        <v>71111</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H135" s="8" t="inlineStr">
         <is>
-          <t>- 11164</t>
+          <t>- 13932</t>
         </is>
       </c>
       <c r="I135" s="9" t="n">
-        <v>46134</v>
+        <v>47300</v>
       </c>
       <c r="J135" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K135" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>59378</v>
+        <v>71617</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I136" s="9"/>
       <c r="J136" s="8" t="inlineStr">
         <is>
-          <t>УД 24019061</t>
+          <t>УД 24020303</t>
         </is>
       </c>
       <c r="K136" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
-[...2 lines deleted...]
-      <c r="D137" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D137" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E137" s="6" t="n">
-        <v>29600</v>
+        <v>72255</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент. Бізнес-адміністрування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="8" t="inlineStr">
         <is>
-          <t>- 1030</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I137" s="9"/>
       <c r="J137" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K137" s="9"/>
+          <t>УД 24020296</t>
+        </is>
+      </c>
+      <c r="K137" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>29601</v>
+        <v>70244</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент. Управління фінансово-економічною безпекою</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="8" t="inlineStr">
         <is>
-          <t>- 998</t>
+          <t>- 13933</t>
         </is>
       </c>
       <c r="I138" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>3160</v>
+        <v>71480</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="8" t="inlineStr">
         <is>
-          <t>- 6465</t>
+          <t>- 13934</t>
         </is>
       </c>
       <c r="I139" s="9" t="n">
-        <v>47300</v>
+        <v>46134</v>
       </c>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K139" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>55142</v>
+        <v>71483</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="8" t="inlineStr">
         <is>
-          <t>- 18892</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I140" s="9"/>
       <c r="J140" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K140" s="9"/>
+          <t>УД 24020298</t>
+        </is>
+      </c>
+      <c r="K140" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>3674</v>
+        <v>80877</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Менеджмент. Бізнес- адміністрування</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I141" s="9"/>
+          <t>- 13936</t>
+        </is>
+      </c>
+      <c r="I141" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J141" s="8" t="inlineStr">
         <is>
-          <t>НД 2489152</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>5723</v>
+        <v>80881</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Комплаєнс і ризик-менеджмент</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="8" t="inlineStr">
         <is>
-          <t>- 9378</t>
+          <t>- 13935</t>
         </is>
       </c>
       <c r="I142" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J142" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K142" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>59427</v>
+        <v>71473</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="8" t="inlineStr">
         <is>
-          <t>- 9375</t>
+          <t>- 13937</t>
         </is>
       </c>
       <c r="I143" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>80009</v>
+        <v>71624</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Педагогіка та управління закладом освіти</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I144" s="9"/>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K144" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>70223</v>
+        <v>70260</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H145" s="8" t="inlineStr">
         <is>
-          <t>- 13926</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I145" s="9"/>
       <c r="J145" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K145" s="9"/>
+          <t>УД 24020281</t>
+        </is>
+      </c>
+      <c r="K145" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>71629</v>
+        <v>71653</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="8" t="inlineStr">
         <is>
-          <t>- 13924</t>
+          <t>- 13939</t>
         </is>
       </c>
       <c r="I146" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм та рекреація</t>
+        </is>
+      </c>
+      <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>80208</v>
+        <v>71489</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Мова і література (англійська, іспанська))</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="8" t="inlineStr">
         <is>
-          <t>- 13931</t>
+          <t>- 13940</t>
         </is>
       </c>
       <c r="I147" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J147" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>80246</v>
+        <v>35302</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Мова і література (англійська, німецька))</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="G148" s="3"/>
       <c r="H148" s="8" t="inlineStr">
         <is>
-          <t>- 13930</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I148" s="9"/>
       <c r="J148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>81544</v>
+        <v>48203</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров’я людини)</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H149" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I149" s="9"/>
+          <t>- 4956</t>
+        </is>
+      </c>
+      <c r="I149" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J149" s="8" t="inlineStr">
         <is>
-          <t>УД 24020307</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>84462</v>
+        <v>48210</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Географія)</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H150" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I150" s="9"/>
+          <t>- 4987</t>
+        </is>
+      </c>
+      <c r="I150" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>80282</v>
+        <v>56609</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Інформатика)</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H151" s="8" t="inlineStr">
         <is>
-          <t>- 13928</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I151" s="9"/>
       <c r="J151" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K151" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>80517</v>
+        <v>48206</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія та громадянська освіта)</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H152" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I152" s="9"/>
+          <t>- 5635</t>
+        </is>
+      </c>
+      <c r="I152" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J152" s="8" t="inlineStr">
         <is>
-          <t>УД 24020301</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K152" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>80283</v>
+        <v>48209</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Математика. Інформатика)</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H153" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I153" s="9"/>
+          <t>- 12248</t>
+        </is>
+      </c>
+      <c r="I153" s="9" t="n">
+        <v>46155</v>
+      </c>
       <c r="J153" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K153" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>80752</v>
+        <v>48208</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Музичне мистецтво). (Художня культура)</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H154" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I154" s="9"/>
+          <t>- 5841</t>
+        </is>
+      </c>
+      <c r="I154" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>80763</v>
+        <v>70238</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Образотворче мистецтво)</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H155" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I155" s="9"/>
+          <t>- 13941</t>
+        </is>
+      </c>
+      <c r="I155" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J155" s="8" t="inlineStr">
         <is>
-          <t>УД 24020285</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>80443</v>
+        <v>71145</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Природничі науки)</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H156" s="8" t="inlineStr">
         <is>
-          <t>- 13927</t>
+          <t>- 13942</t>
         </is>
       </c>
       <c r="I156" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J156" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>80747</v>
+        <v>70392</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Технології. Інформатика)</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H157" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I157" s="9"/>
+          <t>- 13943</t>
+        </is>
+      </c>
+      <c r="I157" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J157" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>81394</v>
+        <v>71481</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література. Англійська мова та зарубіжна література)</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H158" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I158" s="9"/>
+          <t>- 13944</t>
+        </is>
+      </c>
+      <c r="I158" s="9" t="n">
+        <v>46155</v>
+      </c>
       <c r="J158" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>81401</v>
+        <v>70222</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література. Польська мова та зарубіжна література)</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H159" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I159" s="9"/>
+          <t>- 13945</t>
+        </is>
+      </c>
+      <c r="I159" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J159" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
-[...1456 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K191"/>
+  <autoFilter ref="A1:K159"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I158"/>
+  <dimension ref="A1:I134"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -11335,54 +9847,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -11486,51 +9998,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12198,81 +10710,81 @@
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
@@ -12459,198 +10971,198 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>102</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>125</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>90</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
         <v>87</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12788,91 +11300,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12899,125 +11411,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
         <v>66</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>43</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13047,51 +11559,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13269,51 +11781,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Захист України</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -13343,54 +11855,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -13413,84 +11925,84 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>42</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
@@ -13578,84 +12090,84 @@
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -13710,51 +12222,51 @@
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -13809,51 +12321,51 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
@@ -13908,87 +12420,87 @@
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>35</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
@@ -14040,51 +12552,51 @@
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -14393,51 +12905,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -14501,51 +13013,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14612,88 +13124,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>23</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -15003,51 +13515,51 @@
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -15135,1599 +13647,755 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D116" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D116" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
       <c r="E116" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D117" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D117" s="3" t="inlineStr">
+        <is>
+          <t>Біологія та здоров’я людини</t>
+        </is>
+      </c>
       <c r="E117" s="6" t="n">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E118" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E122" s="6" t="n">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Екологія</t>
+        </is>
+      </c>
+      <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
-[...802 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I158"/>
+  <autoFilter ref="A1:I134"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>