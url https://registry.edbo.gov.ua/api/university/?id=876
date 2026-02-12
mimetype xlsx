--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -4312,88 +4312,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Енергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -4547,51 +4547,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -4617,88 +4617,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E13" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -4728,51 +4728,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4860,51 +4860,51 @@
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
@@ -4926,84 +4926,84 @@
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>