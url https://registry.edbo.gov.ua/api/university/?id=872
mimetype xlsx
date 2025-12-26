--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -2323,55 +2323,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>58081</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Монтаж, обслуговування засобів і систем автоматизації технологічного виробництва</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t>ДС 003758</t>
+          <t>ДС 006833</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D18" s="3"/>
@@ -2612,54 +2612,56 @@
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E24" s="8" t="n">
         <v>76659</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Обслуговування та ремонт обладнання підприємств текстильної та легкої промисловості</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I24" s="9"/>
+          <t>ДС 006661</t>
+        </is>
+      </c>
+      <c r="I24" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
@@ -3171,117 +3173,117 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3303,150 +3305,150 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>