--- v1 (2025-12-26)
+++ v2 (2026-03-07)
@@ -3173,150 +3173,150 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -3338,84 +3338,84 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>