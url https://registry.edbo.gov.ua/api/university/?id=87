--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -4635,51 +4635,51 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>68</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>027</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Музеєзнавство, пам’яткознавство</t>
@@ -4800,51 +4800,51 @@
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -5139,51 +5139,51 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
@@ -5337,51 +5337,51 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -5472,51 +5472,51 @@
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>