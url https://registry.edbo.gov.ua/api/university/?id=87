--- v1 (2025-12-08)
+++ v2 (2026-02-17)
@@ -17,52 +17,52 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$82</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$40</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$69</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$32</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -299,51 +299,51 @@
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>61057</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA63120270010096107</t>
         </is>
@@ -620,51 +620,51 @@
         <v>28</v>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 29.01.2021 № 11-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K82"/>
+  <dimension ref="A1:K69"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2156,2100 +2156,1509 @@
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t>АД 21019825</t>
         </is>
       </c>
       <c r="K36" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>80505</v>
+        <v>88417</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна діяльність</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K37" s="9"/>
+          <t>АД 21019825</t>
+        </is>
+      </c>
+      <c r="K37" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>80502</v>
+        <v>80505</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Оркестрова майстерність</t>
+          <t>Інформаційна діяльність</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="8" t="inlineStr">
         <is>
-          <t>АД 21020570</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>80503</v>
+        <v>80502</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
-          <t>Сольне інструментальне та вокальне виконавство</t>
+          <t>Оркестрова майстерність</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t>АД 21020570</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>80504</v>
+        <v>80503</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Хорове та оперно-симфонічне диригування</t>
+          <t>Сольне інструментальне та вокальне виконавство</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t>АД 21020570</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>86813</v>
+        <v>80504</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Акторське мистецтво музично-драматичного театру</t>
+          <t>Хорове та оперно-симфонічне диригування</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K41" s="9"/>
+          <t>АД 21020570</t>
+        </is>
+      </c>
+      <c r="K41" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>86814</v>
+        <v>86813</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
-          <t>Режисура шоу та арт-проєктів</t>
+          <t>Акторське мистецтво музично-драматичного театру</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
-          <t>- 17621</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I42" s="9"/>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>86815</v>
+        <v>86814</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Акторське мистецтво драматичного театру і кіно</t>
+          <t>Режисура шоу та арт-проєктів</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="8" t="inlineStr">
         <is>
-          <t>- 17622</t>
+          <t>- 17621</t>
         </is>
       </c>
       <c r="I43" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
-          <t>Хореографічне мистецтво</t>
+          <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>86816</v>
+        <v>86815</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Народна хореографія</t>
+          <t>Акторське мистецтво драматичного театру і кіно</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="8" t="inlineStr">
         <is>
-          <t>- 17624</t>
+          <t>- 17622</t>
         </is>
       </c>
       <c r="I44" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>86817</v>
+        <v>86816</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Бальна хореографія</t>
+          <t>Народна хореографія</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="8" t="inlineStr">
         <is>
-          <t>- 17626</t>
+          <t>- 17624</t>
         </is>
       </c>
       <c r="I45" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
-        <v>86818</v>
+        <v>86817</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
-          <t>Сучасна хореографія</t>
+          <t>Бальна хореографія</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="8" t="inlineStr">
         <is>
-          <t>- 17625</t>
+          <t>- 17626</t>
         </is>
       </c>
       <c r="I46" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="D47" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D47" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E47" s="6" t="n">
-        <v>68314</v>
+        <v>86818</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Сучасна хореографія</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="8" t="inlineStr">
         <is>
-          <t>- 12020</t>
+          <t>- 17625</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J47" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
-[...2 lines deleted...]
-      <c r="D48" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D48" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E48" s="6" t="n">
-        <v>68317</v>
+        <v>88416</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
-          <t>Соціальна та культурна журналістика</t>
+          <t>Класична хореографія</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="8" t="inlineStr">
         <is>
-          <t>- 12022</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I48" s="9"/>
       <c r="J48" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
-          <t>021</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>20399</v>
+        <v>68314</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="G49" s="3"/>
       <c r="H49" s="8" t="inlineStr">
         <is>
-          <t>- 2568</t>
+          <t>- 12020</t>
         </is>
       </c>
       <c r="I49" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>20455</v>
+        <v>68317</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна та культурна журналістика</t>
+        </is>
+      </c>
+      <c r="G50" s="3"/>
       <c r="H50" s="8" t="inlineStr">
         <is>
-          <t>- 16292</t>
+          <t>- 12022</t>
         </is>
       </c>
       <c r="I50" s="9" t="n">
-        <v>46197</v>
+        <v>47300</v>
       </c>
       <c r="J50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>39818</v>
+        <v>20455</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
-          <t>Академічний спів</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H51" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I51" s="9"/>
+          <t>- 16292</t>
+        </is>
+      </c>
+      <c r="I51" s="9" t="n">
+        <v>46197</v>
+      </c>
       <c r="J51" s="8" t="inlineStr">
         <is>
-          <t>НД 2190139</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>B1</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D52" s="3"/>
+          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
+        </is>
+      </c>
+      <c r="D52" s="3" t="inlineStr">
+        <is>
+          <t>Аудіовізуальне мистецтво</t>
+        </is>
+      </c>
       <c r="E52" s="6" t="n">
-        <v>39819</v>
+        <v>86800</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
-          <t>Фортепіано</t>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="G52" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H52" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I52" s="9"/>
+          <t>- 12016</t>
+        </is>
+      </c>
+      <c r="I52" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J52" s="8" t="inlineStr">
         <is>
-          <t>НД 2190139</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>39820</v>
+        <v>72236</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
-          <t>Оркестрові струнні інструменти</t>
+          <t>Культурні дослідження</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="8" t="inlineStr">
         <is>
-          <t>НД 2190139</t>
+          <t>АД 21019826</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>39821</v>
+        <v>72238</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
-          <t>Хорове диригування</t>
+          <t>Музеєфікація історико-культурної спадщини</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I54" s="9"/>
       <c r="J54" s="8" t="inlineStr">
         <is>
-          <t>НД 2190139</t>
+          <t>АД 21019826</t>
         </is>
       </c>
       <c r="K54" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>39823</v>
+        <v>88418</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
-          <t>Народний спів</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="G55" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="8" t="inlineStr">
         <is>
-          <t>НД 2190139</t>
+          <t>АД 21019826</t>
         </is>
       </c>
       <c r="K55" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>39824</v>
+        <v>80506</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво естради</t>
+          <t>Інформаційно-аналітична діяльність</t>
         </is>
       </c>
       <c r="G56" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="8" t="inlineStr">
         <is>
-          <t>НД 2190139</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>39825</v>
+        <v>80260</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
-          <t>Естрадний спів</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H57" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="8" t="inlineStr">
         <is>
-          <t>НД 2190139</t>
+          <t>АД 21020571</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>39826</v>
+        <v>86474</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
-          <t>Оркестрові духові та ударні інструменти</t>
+          <t>Фортепіано</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="8" t="inlineStr">
         <is>
-          <t>НД 2190139</t>
+          <t>АД 21020571</t>
         </is>
       </c>
       <c r="K58" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D59" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D59" s="3" t="inlineStr">
+        <is>
+          <t>Сценічне мистецтво</t>
+        </is>
+      </c>
       <c r="E59" s="6" t="n">
-        <v>39827</v>
+        <v>86811</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
-          <t>Народні інструменти</t>
+          <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="G59" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H59" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I59" s="9"/>
+          <t>- 17623</t>
+        </is>
+      </c>
+      <c r="I59" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J59" s="8" t="inlineStr">
         <is>
-          <t>НД 2190139</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
-          <t>026</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D60" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D60" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E60" s="6" t="n">
-        <v>20431</v>
+        <v>86812</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G60" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H60" s="8" t="inlineStr">
         <is>
-          <t>- 16296</t>
+          <t>- 17627</t>
         </is>
       </c>
       <c r="I60" s="9" t="n">
-        <v>47665</v>
+        <v>46197</v>
       </c>
       <c r="J60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
-          <t>027</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Музеєзнавство, пам’яткознавство</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>4049</v>
+        <v>68356</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
-          <t>Музеєфікація історико-культурної спадщини</t>
+          <t>Кризова психологія</t>
         </is>
       </c>
       <c r="G61" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H61" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I61" s="9"/>
+          <t>- 12021</t>
+        </is>
+      </c>
+      <c r="I61" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J61" s="8" t="inlineStr">
         <is>
-          <t>НД 2190141</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>16370</v>
+        <v>36842</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурних проектів</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G62" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H62" s="8" t="inlineStr">
         <is>
-          <t>- 11292</t>
+          <t>- 3072</t>
         </is>
       </c>
       <c r="I62" s="9" t="n">
-        <v>46134</v>
+        <v>46569</v>
       </c>
       <c r="J62" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K62" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>3498</v>
+        <v>36840</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-документна та бібліотечна діяльність</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H63" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I63" s="9"/>
+          <t>- 672</t>
+        </is>
+      </c>
+      <c r="I63" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J63" s="8" t="inlineStr">
         <is>
-          <t>НД 2190143</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Культурологія</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>4584</v>
+        <v>36841</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
-          <t>Культурні дослідження</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="G64" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H64" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I64" s="9"/>
+          <t>- 2103</t>
+        </is>
+      </c>
+      <c r="I64" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J64" s="8" t="inlineStr">
         <is>
-          <t>НД 2190144</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>57532</v>
+        <v>68360</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
-          <t>Кризова психологія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H65" s="8" t="inlineStr">
         <is>
-          <t>- 9597</t>
+          <t>- 12019</t>
         </is>
       </c>
       <c r="I65" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
-          <t>B1</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
+        </is>
+      </c>
+      <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>86800</v>
+        <v>68362</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H66" s="8" t="inlineStr">
         <is>
-          <t>- 12016</t>
+          <t>- 12018</t>
         </is>
       </c>
       <c r="I66" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
-          <t>B12</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Культурологія та музеєзнавство</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>72236</v>
+        <v>72239</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>Культурні дослідження</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H67" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I67" s="9"/>
+          <t>- 12017</t>
+        </is>
+      </c>
+      <c r="I67" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J67" s="8" t="inlineStr">
         <is>
-          <t>АД 21019826</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор мистецтва</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
-          <t>B12</t>
+          <t>021</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Культурологія та музеєзнавство</t>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>72238</v>
+        <v>62134</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>Музеєфікація історико-культурної спадщини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
+        </is>
+      </c>
+      <c r="G68" s="3"/>
       <c r="H68" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="8" t="inlineStr">
         <is>
-          <t>АД 21019826</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор мистецтва</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
-          <t>B13</t>
+          <t>B1</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Бібліотечна, інформаційна та архівна справа</t>
+          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>80506</v>
+        <v>68267</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-аналітична діяльність</t>
-[...6 lines deleted...]
-      </c>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
+        </is>
+      </c>
+      <c r="G69" s="3"/>
       <c r="H69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
-[...579 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K82"/>
+  <autoFilter ref="A1:K69"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I40"/>
+  <dimension ref="A1:I32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -4430,51 +3839,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -4533,84 +3942,84 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
@@ -5032,603 +4441,339 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
-          <t>Хореографічне мистецтво</t>
+          <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
+          <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
-          <t>021</t>
+          <t>B12</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
+          <t>Культурологія та музеєзнавство</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>B13</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
-          <t>026</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
-          <t>027</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>Музеєзнавство, пам’яткознавство</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор мистецтва</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>021</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
-[...262 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I40"/>
+  <autoFilter ref="A1:I32"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>