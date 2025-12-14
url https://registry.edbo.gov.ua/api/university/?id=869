--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -1483,56 +1483,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>47192</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I9" s="9"/>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
@@ -1861,51 +1859,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -1927,51 +1925,51 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -1993,84 +1991,84 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>