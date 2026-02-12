--- v1 (2025-12-14)
+++ v2 (2026-02-12)
@@ -1826,51 +1826,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -1958,51 +1958,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>