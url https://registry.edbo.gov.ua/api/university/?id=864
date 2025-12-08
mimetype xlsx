--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -550,51 +550,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
@@ -813,51 +813,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>30</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
@@ -1448,117 +1448,117 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>