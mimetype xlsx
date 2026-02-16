--- v1 (2025-12-08)
+++ v2 (2026-02-16)
@@ -1448,117 +1448,117 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>