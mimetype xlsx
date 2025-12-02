--- v0 (2025-10-04)
+++ v1 (2025-12-02)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
-    <sheet name="Ліцензії ФПВО" sheetId="5" state="visible" r:id="rId6"/>
+    <sheet name="Ліцензії ФПО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$27</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$5</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$12</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$31</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$30</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -627,51 +627,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
@@ -1754,51 +1754,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>5</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
@@ -1890,51 +1890,51 @@
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -2063,51 +2063,51 @@
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.11.2019 № 986-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K12"/>
+  <dimension ref="A1:K7"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
@@ -2140,51 +2140,51 @@
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -2193,454 +2193,249 @@
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>50</v>
       </c>
       <c r="I2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
-          <t>підвищення кваліфікації</t>
+          <t>інтернатура</t>
         </is>
       </c>
       <c r="C3" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J3" s="9"/>
       <c r="K3" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 10.07.2024 № 472-л</t>
+          <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
-        <v>120</v>
+        <v>700</v>
       </c>
       <c r="I4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J4" s="9"/>
       <c r="K4" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 18.06.2025 № 95-л</t>
+          <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C5" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
-        <v>700</v>
+        <v>70</v>
       </c>
       <c r="I5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J5" s="9"/>
       <c r="K5" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 02.05.2025 № 47-л</t>
+          <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C6" s="7" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>I4</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J6" s="9"/>
       <c r="K6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C7" s="7" t="inlineStr">
         <is>
-          <t>I4</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J7" s="9"/>
       <c r="K7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
-[...203 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K12"/>
+  <autoFilter ref="A1:K7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K31"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -4113,76 +3908,76 @@
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
         <v>37</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -4278,51 +4073,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>I4</t>
         </is>
       </c>
@@ -4414,84 +4209,84 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -4549,88 +4344,88 @@
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>64</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
         <v>73</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>7.12010001</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>лікувальна справа</t>
@@ -4685,51 +4480,51 @@
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F19" s="8" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
@@ -4847,51 +4642,51 @@
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>13</v>
       </c>
       <c r="G24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>5</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -4979,120 +4774,120 @@
       <c r="H27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F28" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F30" s="8" t="n">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I30"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">