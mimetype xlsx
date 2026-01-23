--- v1 (2025-12-02)
+++ v2 (2026-01-23)
@@ -22,55 +22,55 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ФПО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$11</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$25</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$5</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$7</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$8</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$29</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$30</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -563,51 +563,51 @@
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий коледж</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:A11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I27"/>
+  <dimension ref="A1:I25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
@@ -775,928 +775,852 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="F5" s="8" t="n">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
           <t> 8215</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
-          <t>224</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>Технології медичної діагностики та лікування</t>
-[...2 lines deleted...]
-      <c r="D6" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D6" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
-          <t>Технології медичної діагностики та лікування</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="F6" s="8" t="n">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="G6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="H6" s="9"/>
       <c r="I6" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 12.04.2021 № 42-л</t>
+          <t>Наказ МОН від 03.05.2024 № 292-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Стоматологія</t>
+        </is>
+      </c>
+      <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="F7" s="8" t="n">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H7" s="9"/>
+          <t> 13261</t>
+        </is>
+      </c>
+      <c r="H7" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 03.05.2024 № 292-л</t>
+          <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="F8" s="8" t="n">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
-          <t> 13261</t>
+          <t> 17478</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="F9" s="8" t="n">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
-          <t> 17478</t>
+          <t> 13262</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
-          <t>I4</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="F10" s="8" t="n">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="G10" s="7" t="inlineStr">
         <is>
-          <t> 13262</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H10" s="9"/>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
-[...2 lines deleted...]
-      <c r="D11" s="3"/>
+          <t>Фармація</t>
+        </is>
+      </c>
+      <c r="D11" s="3" t="inlineStr">
+        <is>
+          <t>Фармація</t>
+        </is>
+      </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="F11" s="8" t="n">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="G11" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H11" s="9"/>
+          <t> 13263</t>
+        </is>
+      </c>
+      <c r="H11" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
-          <t>I8</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Фармація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Стоматологія</t>
+        </is>
+      </c>
+      <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="F12" s="8" t="n">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="G12" s="7" t="inlineStr">
         <is>
-          <t> 13263</t>
+          <t> 1610</t>
         </is>
       </c>
       <c r="H12" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 09.04.2025 № 30-л</t>
+          <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="F13" s="8" t="n">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="G13" s="7" t="inlineStr">
         <is>
-          <t> 1610</t>
+          <t> 16374</t>
         </is>
       </c>
       <c r="H13" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="I13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>223</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="F14" s="8" t="n">
-        <v>800</v>
+        <v>10</v>
       </c>
       <c r="G14" s="7" t="inlineStr">
         <is>
-          <t> 16374</t>
+          <t>УД 25012677</t>
         </is>
       </c>
       <c r="H14" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>225</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="F15" s="8" t="n">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="G15" s="7" t="inlineStr">
         <is>
-          <t>УД 25012677</t>
+          <t> 2822</t>
         </is>
       </c>
       <c r="H15" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="I15" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="F16" s="8" t="n">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="G16" s="7" t="inlineStr">
         <is>
-          <t> 2822</t>
+          <t> 1968</t>
         </is>
       </c>
       <c r="H16" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="F17" s="8" t="n">
-        <v>240</v>
+        <v>15</v>
       </c>
       <c r="G17" s="7" t="inlineStr">
         <is>
-          <t> 1968</t>
+          <t> 5101</t>
         </is>
       </c>
       <c r="H17" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="I17" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>Молодший бакалавр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія ортопедична</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="F18" s="8" t="n">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="G18" s="7" t="inlineStr">
         <is>
-          <t> 1672</t>
+          <t> 13264</t>
         </is>
       </c>
       <c r="H18" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="I18" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 12.04.2021 № 42-л</t>
+          <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>Молодший бакалавр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="inlineStr">
         <is>
-          <t>Фармація</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="F19" s="8" t="n">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="G19" s="7" t="inlineStr">
         <is>
-          <t> 5101</t>
+          <t> 13265</t>
         </is>
       </c>
       <c r="H19" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="I19" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 12.04.2021 № 42-л</t>
+          <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="F20" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G20" s="7" t="inlineStr">
         <is>
-          <t> 13264</t>
+          <t> 13267</t>
         </is>
       </c>
       <c r="H20" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="I20" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="F21" s="8" t="n">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="G21" s="7" t="inlineStr">
         <is>
-          <t> 13265</t>
+          <t> 13266</t>
         </is>
       </c>
       <c r="H21" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I21" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="F22" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G22" s="7" t="inlineStr">
         <is>
-          <t> 13267</t>
+          <t> 1079</t>
         </is>
       </c>
       <c r="H22" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="I22" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 09.04.2025 № 30-л</t>
+          <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="F23" s="8" t="n">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="G23" s="7" t="inlineStr">
         <is>
-          <t> 13266</t>
+          <t> 2248</t>
         </is>
       </c>
       <c r="H23" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I23" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 09.04.2025 № 30-л</t>
+          <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>223</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="F24" s="8" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G24" s="7" t="inlineStr">
         <is>
-          <t> 1079</t>
+          <t> 2031</t>
         </is>
       </c>
       <c r="H24" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="I24" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="F25" s="8" t="n">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="G25" s="7" t="inlineStr">
         <is>
-          <t> 2248</t>
+          <t> 2247</t>
         </is>
       </c>
       <c r="H25" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="I25" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
-[...76 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I27"/>
+  <autoFilter ref="A1:I25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -1993,51 +1917,51 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="8" t="n">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="G4" s="8"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.11.2019 № 986-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
@@ -2063,51 +1987,51 @@
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.11.2019 № 986-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K7"/>
+  <dimension ref="A1:K8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
@@ -2193,265 +2117,306 @@
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>50</v>
       </c>
       <c r="I2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
-          <t>інтернатура</t>
+          <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C3" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="I3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J3" s="9"/>
       <c r="K3" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 18.06.2025 № 95-л</t>
+          <t>Наказ МОН від 08.01.2026 № 3-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
-        <v>700</v>
+        <v>120</v>
       </c>
       <c r="I4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J4" s="9"/>
       <c r="K4" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 02.05.2025 № 47-л</t>
+          <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C5" s="7" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
-        <v>70</v>
+        <v>700</v>
       </c>
       <c r="I5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J5" s="9"/>
       <c r="K5" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 18.06.2025 № 95-л</t>
+          <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C6" s="7" t="inlineStr">
         <is>
-          <t>I4</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J6" s="9"/>
       <c r="K6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C7" s="7" t="inlineStr">
         <is>
-          <t>I8</t>
+          <t>I4</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
-          <t>Фармація</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J7" s="9"/>
       <c r="K7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.06.2025 № 95-л</t>
         </is>
       </c>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>вища освіта</t>
+        </is>
+      </c>
+      <c r="B8" s="3" t="inlineStr">
+        <is>
+          <t>інтернатура</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
+          <t>I8</t>
+        </is>
+      </c>
+      <c r="D8" s="3" t="inlineStr">
+        <is>
+          <t>Фармація</t>
+        </is>
+      </c>
+      <c r="E8" s="3"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="H8" s="8" t="n">
+        <v>150</v>
+      </c>
+      <c r="I8" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="J8" s="9"/>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Наказ МОН від 18.06.2025 № 95-л</t>
+        </is>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K7"/>
+  <autoFilter ref="A1:K8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K31"/>
+  <dimension ref="A1:K29"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2535,1307 +2500,1227 @@
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
           <t>- 8215</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
-          <t>224</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
-          <t>Технології медичної діагностики та лікування</t>
-[...2 lines deleted...]
-      <c r="D3" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D3" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E3" s="8" t="n">
-        <v>4350</v>
+        <v>62596</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
-          <t>Технології медичної діагностики та лікування</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>62596</v>
+        <v>73572</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I4" s="9"/>
+          <t>- 13260</t>
+        </is>
+      </c>
+      <c r="I4" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>I6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
-[...6 lines deleted...]
-      </c>
+          <t>Технології медичної діагностики та лікування</t>
+        </is>
+      </c>
+      <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>73572</v>
+        <v>73585</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
-          <t>- 13260</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I5" s="9"/>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
-          <t>I6</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>Технології медичної діагностики та лікування</t>
-[...2 lines deleted...]
-      <c r="D6" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D6" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E6" s="8" t="n">
-        <v>73585</v>
+        <v>73573</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
-          <t>Технології медичної діагностики та лікування</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Стоматологія</t>
+        </is>
+      </c>
+      <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>73573</v>
+        <v>4351</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
-[...2 lines deleted...]
-      <c r="G7" s="3"/>
+          <t>Стоматологія</t>
+        </is>
+      </c>
+      <c r="G7" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I7" s="9"/>
+          <t>- 1610</t>
+        </is>
+      </c>
+      <c r="I7" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>4351</v>
+        <v>3467</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="G8" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H8" s="7" t="inlineStr">
         <is>
-          <t>- 1610</t>
+          <t>- 16374</t>
         </is>
       </c>
       <c r="I8" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>223</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>3467</v>
+        <v>4428</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="G9" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H9" s="7" t="inlineStr">
         <is>
-          <t>- 16374</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I9" s="9"/>
       <c r="J9" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K9" s="9"/>
+          <t>УД 25012677</t>
+        </is>
+      </c>
+      <c r="K9" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>225</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>4428</v>
+        <v>25862</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="G10" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I10" s="9"/>
+          <t>- 2822</t>
+        </is>
+      </c>
+      <c r="I10" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
-          <t>УД 25012677</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>25862</v>
+        <v>20612</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="G11" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t>- 2822</t>
+          <t>- 1968</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>20612</v>
+        <v>72436</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="G12" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t>- 1968</t>
+          <t>- 13261</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>72436</v>
+        <v>73141</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="G13" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>- 13261</t>
+          <t>- 17478</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>73141</v>
+        <v>73142</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="G14" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t>- 17478</t>
+          <t>- 13262</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
-          <t>I4</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>73142</v>
+        <v>73143</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="G15" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t>- 13262</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
-[...2 lines deleted...]
-      <c r="D16" s="3"/>
+          <t>Фармація</t>
+        </is>
+      </c>
+      <c r="D16" s="3" t="inlineStr">
+        <is>
+          <t>Фармація</t>
+        </is>
+      </c>
       <c r="E16" s="8" t="n">
-        <v>73143</v>
+        <v>73152</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="G16" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>- 13263</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
-          <t>I8</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
+          <t>Фармація, промислова фармація</t>
+        </is>
+      </c>
+      <c r="D17" s="3"/>
+      <c r="E17" s="8" t="n">
+        <v>47050</v>
+      </c>
+      <c r="F17" s="3" t="inlineStr">
+        <is>
           <t>Фармація</t>
         </is>
       </c>
-      <c r="D17" s="3" t="inlineStr">
-[...16 lines deleted...]
-      </c>
+      <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t>- 13263</t>
+          <t>- 5101</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>Молодший бакалавр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>35878</v>
+        <v>38646</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія ортопедична</t>
-[...2 lines deleted...]
-      <c r="G18" s="3"/>
+          <t>Стоматологія</t>
+        </is>
+      </c>
+      <c r="G18" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>- 1672</t>
+          <t>- 1079</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>Молодший бакалавр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>47050</v>
+        <v>37049</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
-          <t>Фармація</t>
-[...2 lines deleted...]
-      <c r="G19" s="3"/>
+          <t>Медицина</t>
+        </is>
+      </c>
+      <c r="G19" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t>- 5101</t>
+          <t>- 2248</t>
         </is>
       </c>
       <c r="I19" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>223</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>38646</v>
+        <v>25789</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="G20" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t>- 1079</t>
+          <t>- 2031</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>37049</v>
+        <v>38751</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="G21" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t>- 2248</t>
+          <t>- 2247</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>25789</v>
+        <v>73574</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="G22" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H22" s="7" t="inlineStr">
         <is>
-          <t>- 2031</t>
+          <t>- 13264</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>38751</v>
+        <v>73575</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="G23" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t>- 2247</t>
+          <t>- 13265</t>
         </is>
       </c>
       <c r="I23" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>73574</v>
+        <v>73576</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="G24" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H24" s="7" t="inlineStr">
         <is>
-          <t>- 13264</t>
+          <t>- 13267</t>
         </is>
       </c>
       <c r="I24" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>73575</v>
+        <v>73577</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="G25" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H25" s="7" t="inlineStr">
         <is>
-          <t>- 13265</t>
+          <t>- 13266</t>
         </is>
       </c>
       <c r="I25" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>223</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>73576</v>
+        <v>47116</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Медсестринство</t>
+        </is>
+      </c>
+      <c r="G26" s="3"/>
       <c r="H26" s="7" t="inlineStr">
         <is>
-          <t>- 13267</t>
+          <t>ДО 004385</t>
         </is>
       </c>
       <c r="I26" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J26" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
-        <v>73577</v>
+        <v>47117</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фармація</t>
+        </is>
+      </c>
+      <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
-          <t>- 13266</t>
+          <t>ДО 002092</t>
         </is>
       </c>
       <c r="I27" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
-        <v>47116</v>
+        <v>74020</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
-          <t>ДО 004385</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I28" s="9"/>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
-        <v>47117</v>
+        <v>74024</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t>ДО 002092</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I29" s="9"/>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
-[...76 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K31"/>
+  <autoFilter ref="A1:K29"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I30"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -3933,51 +3818,51 @@
         <v>14</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -4007,51 +3892,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
@@ -4073,51 +3958,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>I4</t>
         </is>
       </c>
@@ -4242,51 +4127,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>1170</v>
+        <v>1159</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -4308,124 +4193,124 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Медична психологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
         <v>73</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>7.12010001</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>лікувальна справа</t>
@@ -4480,51 +4365,51 @@
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F19" s="8" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
@@ -4609,51 +4494,51 @@
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
@@ -4774,51 +4659,51 @@
       <c r="H27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F28" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -4840,54 +4725,54 @@
       <c r="H29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F30" s="8" t="n">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I30"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">