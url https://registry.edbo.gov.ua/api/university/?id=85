--- v2 (2026-01-23)
+++ v3 (2026-03-12)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ФПО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$25</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$29</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$30</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$29</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -863,51 +863,51 @@
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="F7" s="8" t="n">
         <v>120</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
           <t> 13261</t>
         </is>
       </c>
       <c r="H7" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
@@ -1021,90 +1021,90 @@
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="F11" s="8" t="n">
         <v>240</v>
       </c>
       <c r="G11" s="7" t="inlineStr">
         <is>
           <t> 13263</t>
         </is>
       </c>
       <c r="H11" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="F12" s="8" t="n">
         <v>100</v>
       </c>
       <c r="G12" s="7" t="inlineStr">
         <is>
           <t> 1610</t>
         </is>
       </c>
       <c r="H12" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
@@ -1216,51 +1216,51 @@
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="F16" s="8" t="n">
         <v>120</v>
       </c>
       <c r="G16" s="7" t="inlineStr">
         <is>
           <t> 1968</t>
         </is>
       </c>
       <c r="H16" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="3" t="inlineStr">
@@ -1294,51 +1294,51 @@
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="F18" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G18" s="7" t="inlineStr">
         <is>
           <t> 13264</t>
         </is>
       </c>
       <c r="H18" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I18" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="inlineStr">
@@ -1450,51 +1450,51 @@
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="F22" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G22" s="7" t="inlineStr">
         <is>
           <t> 1079</t>
         </is>
       </c>
       <c r="H22" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I22" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="3" t="inlineStr">
@@ -2698,51 +2698,51 @@
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>4351</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="G7" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t>- 1610</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D8" s="3"/>
@@ -2878,96 +2878,96 @@
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>20612</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="G11" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t>- 1968</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
         <v>72436</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="G12" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t>- 13261</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D13" s="3"/>
@@ -3105,51 +3105,51 @@
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
         <v>73152</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="G16" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t>- 13263</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
@@ -3191,51 +3191,51 @@
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>38646</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="G18" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H18" s="7" t="inlineStr">
         <is>
           <t>- 1079</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D19" s="3"/>
@@ -3371,51 +3371,51 @@
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
         <v>73574</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="G22" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t>- 13264</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D23" s="3"/>
@@ -3692,51 +3692,51 @@
       <c r="I29" s="9"/>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K29"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I30"/>
+  <dimension ref="A1:I29"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -3892,150 +3892,150 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>I4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Медична психологія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
@@ -4127,51 +4127,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>1159</v>
+        <v>1157</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -4193,51 +4193,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Медична психологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
@@ -4266,526 +4266,493 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
         <v>73</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>Спеціаліст</t>
+          <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
-          <t>7.12010001</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>лікувальна справа</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
+        <v>0</v>
+      </c>
+      <c r="F17" s="8" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F18" s="8" t="n">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>Молодший бакалавр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F19" s="8" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F22" s="8" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="F23" s="8" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>223</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="F24" s="8" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="F26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="F27" s="8" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
-          <t>I8</t>
+          <t>223</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>Фармація</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F28" s="8" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
-        <v>56</v>
+        <v>105</v>
       </c>
       <c r="F29" s="8" t="n">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="8" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I30"/>
+  <autoFilter ref="A1:I29"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>