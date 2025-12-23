--- v0 (2025-10-29)
+++ v1 (2025-12-23)
@@ -2041,55 +2041,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>46826</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Виробництво борошняних, кондитерських виробів та харчових концентратів</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>ПО 002949</t>
+          <t>ПО 006734</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
@@ -2510,84 +2510,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>15</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -2664,51 +2664,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>