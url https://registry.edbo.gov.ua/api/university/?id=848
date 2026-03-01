--- v1 (2025-12-23)
+++ v2 (2026-03-01)
@@ -1879,55 +1879,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>46827</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
-          <t>ПО 002946</t>
+          <t>ПО 006920</t>
         </is>
       </c>
       <c r="I6" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D7" s="3"/>
@@ -2345,51 +2345,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
@@ -2576,54 +2576,54 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="F10" s="8" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -2664,51 +2664,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>