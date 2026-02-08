--- v0 (2025-10-29)
+++ v1 (2026-02-08)
@@ -1541,51 +1541,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>