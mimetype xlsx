--- v1 (2026-02-08)
+++ v2 (2026-03-28)
@@ -1239,210 +1239,220 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>68469</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Інструментальне виконавство (оркестрові струнні, духові та ударні, народні, естрадні інструменти)</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I11" s="9"/>
+          <t>КО 007014</t>
+        </is>
+      </c>
+      <c r="I11" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
         <v>68470</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Спів (академічний спів, естрадний спів)</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I12" s="9"/>
+          <t>КО 007015</t>
+        </is>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>68471</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Фортепіано</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>КО 007018</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
         <v>68472</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Хорове диригування</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I14" s="9"/>
+          <t>КО 007017</t>
+        </is>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>68474</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Теорія музики</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I15" s="9"/>
+          <t>КО 007016</t>
+        </is>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I3"/>