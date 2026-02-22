--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -2247,150 +2247,150 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -2412,51 +2412,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -2478,51 +2478,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>