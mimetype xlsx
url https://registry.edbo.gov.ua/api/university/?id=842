--- v0 (2025-11-03)
+++ v1 (2026-01-08)
@@ -4209,51 +4209,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
@@ -4440,87 +4440,87 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
@@ -4572,51 +4572,51 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>