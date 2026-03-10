--- v1 (2026-01-08)
+++ v2 (2026-03-10)
@@ -4176,54 +4176,54 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
@@ -4308,84 +4308,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>12</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -4473,51 +4473,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>24</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -4539,54 +4539,54 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>94</v>
+        <v>73</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>