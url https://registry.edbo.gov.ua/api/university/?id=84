--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$47</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$239</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$126</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$128</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -697,51 +697,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2164</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -827,51 +827,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>право</t>
         </is>
       </c>
@@ -973,51 +973,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>6.010101</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -10510,54 +10510,56 @@
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
         <v>64907</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
           <t>образотворче мистецтво. Декоративне мистецтво</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I167" s="9"/>
+          <t>- 18740</t>
+        </is>
+      </c>
+      <c r="I167" s="9" t="n">
+        <v>46309</v>
+      </c>
       <c r="J167" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
@@ -11035,54 +11037,56 @@
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
         <v>64932</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
           <t>політологія. Українські та європейські політичні студії</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H178" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I178" s="9"/>
+          <t>- 19259</t>
+        </is>
+      </c>
+      <c r="I178" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J178" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
@@ -13824,51 +13828,51 @@
       <c r="I239" s="9"/>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K239"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I126"/>
+  <dimension ref="A1:I128"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -13909,195 +13913,195 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>29</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14127,51 +14131,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14204,88 +14208,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -14423,124 +14427,124 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>79</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -14637,157 +14641,157 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F24" s="6" t="n">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -14839,3497 +14843,3563 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>76</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>120</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D30" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>71</v>
+        <v>1</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (китайська)</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>1</v>
+        <v>71</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література</t>
+          <t>Мова і література (китайська)</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
-          <t>Інші мови (із зазначенням мови)</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
-          <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
+          <t>Інші мови (із зазначенням мови)</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
-          <t>Фізика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Фізика</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>121</v>
+        <v>2</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...2 lines deleted...]
-      <c r="D51" s="3"/>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D51" s="3" t="inlineStr">
+        <is>
+          <t>Дизайн</t>
+        </is>
+      </c>
       <c r="E51" s="6" t="n">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
-      <c r="D52" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>114</v>
+        <v>0</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>56</v>
+        <v>1</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D53" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D53" s="3" t="inlineStr">
+        <is>
+          <t>Логопедія</t>
+        </is>
+      </c>
       <c r="E53" s="6" t="n">
-        <v>165</v>
+        <v>113</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>98</v>
+        <v>55</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>9</v>
+        <v>164</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
-[...2 lines deleted...]
-      <c r="D55" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D55" s="3" t="inlineStr">
+        <is>
+          <t>Дизайн одягу (взуття)</t>
+        </is>
+      </c>
       <c r="E55" s="6" t="n">
-        <v>64</v>
+        <v>9</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>028</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент соціокультурної діяльності</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>028</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент соціокультурної діяльності</t>
+        </is>
+      </c>
+      <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
-          <t>східні мови та літератури (переклад включно), перша - китайська</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D61" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D61" s="3" t="inlineStr">
+        <is>
+          <t>східні мови та літератури (переклад включно), перша - китайська</t>
+        </is>
+      </c>
       <c r="E61" s="6" t="n">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>222</v>
+        <v>26</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>141</v>
+        <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>27</v>
+        <v>221</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>6.030102</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>психологія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>6.030102</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>психологія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F76" s="6" t="n">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D79" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D79" s="3" t="inlineStr">
+        <is>
+          <t>Логопедія</t>
+        </is>
+      </c>
       <c r="E79" s="6" t="n">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
-          <t>Візуальні мистецтва</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D83" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D83" s="3" t="inlineStr">
+        <is>
+          <t>Візуальні мистецтва</t>
+        </is>
+      </c>
       <c r="E83" s="6" t="n">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="D86" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D86" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E86" s="6" t="n">
-        <v>96</v>
+        <v>3</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>23</v>
+        <v>227</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D100" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D100" s="3" t="inlineStr">
+        <is>
+          <t>Природничі науки</t>
+        </is>
+      </c>
       <c r="E100" s="6" t="n">
-        <v>54</v>
+        <v>2</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
-[...2 lines deleted...]
-      <c r="D101" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D101" s="3" t="inlineStr">
+        <is>
+          <t>Логопедія</t>
+        </is>
+      </c>
       <c r="E101" s="6" t="n">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хореографія</t>
+        </is>
+      </c>
+      <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="D106" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D106" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E106" s="6" t="n">
-        <v>93</v>
+        <v>9</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>188</v>
+        <v>12</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>0</v>
+        <v>181</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="F109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D120" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D120" s="3" t="inlineStr">
+        <is>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
       <c r="E120" s="6" t="n">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
+        <v>22</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="G126" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H126" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="I126" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B127" s="7" t="inlineStr">
+        <is>
+          <t>053</t>
+        </is>
+      </c>
+      <c r="C127" s="3" t="inlineStr">
+        <is>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D127" s="3"/>
+      <c r="E127" s="6" t="n">
+        <v>16</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="G127" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H127" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="I127" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B128" s="7" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="C128" s="3" t="inlineStr">
+        <is>
+          <t>Прикладна фізика та наноматеріали</t>
+        </is>
+      </c>
+      <c r="D128" s="3"/>
+      <c r="E128" s="6" t="n">
         <v>6</v>
       </c>
-      <c r="F126" s="6" t="n">
-[...8 lines deleted...]
-      <c r="I126" s="6" t="n">
+      <c r="F128" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G128" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H128" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I126"/>
+  <autoFilter ref="A1:I128"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>