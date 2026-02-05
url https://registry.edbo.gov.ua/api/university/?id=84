--- v1 (2025-12-08)
+++ v2 (2026-02-05)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$47</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$239</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$128</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$121</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -5991,56 +5991,54 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>32176</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>фізична культура і спорт</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="7" t="inlineStr">
         <is>
-          <t>- 9574</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I66" s="9"/>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
@@ -7873,56 +7871,54 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>74324</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" s="7" t="inlineStr">
         <is>
-          <t>- 15421</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I110" s="9"/>
       <c r="J110" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D111" s="3" t="inlineStr">
         <is>
@@ -9554,56 +9550,54 @@
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E147" s="6" t="n">
         <v>61574</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Трудове навчання та технології. Інформатика)</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="7" t="inlineStr">
         <is>
-          <t>- 9756</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I147" s="9"/>
       <c r="J147" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
@@ -10422,56 +10416,54 @@
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
         <v>61588</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
           <t>фізична реабілітація</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H165" s="7" t="inlineStr">
         <is>
-          <t>- 9573</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I165" s="9"/>
       <c r="J165" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K165" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
@@ -13828,51 +13820,51 @@
       <c r="I239" s="9"/>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K239"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I128"/>
+  <dimension ref="A1:I121"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -14023,85 +14015,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>29</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14353,51 +14345,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
@@ -14427,87 +14419,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>79</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -14534,51 +14526,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -14678,51 +14670,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
@@ -14744,54 +14736,54 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -15060,85 +15052,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови)</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15168,51 +15160,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15242,51 +15234,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15390,51 +15382,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15649,88 +15641,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -15958,194 +15950,194 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
         <v>74</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -16197,51 +16189,51 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>6.030102</t>
         </is>
       </c>
@@ -16266,51 +16258,51 @@
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
@@ -16332,122 +16324,122 @@
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -16802,51 +16794,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -16971,54 +16963,54 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
@@ -17027,1379 +17019,1132 @@
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D91" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D91" s="3" t="inlineStr">
+        <is>
+          <t>Хореографія</t>
+        </is>
+      </c>
       <c r="E91" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хореографія</t>
+        </is>
+      </c>
+      <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
-      <c r="D106" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>85</v>
+        <v>1</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
+        <v>45</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="G111" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H111" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...2 lines deleted...]
-      <c r="D113" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D113" s="3" t="inlineStr">
+        <is>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
       <c r="E113" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
+        <v>17</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G115" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H115" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F117" s="6" t="n">
         <v>3</v>
       </c>
-      <c r="F117" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>45</v>
+        <v>4</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
-[...229 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I128"/>
+  <autoFilter ref="A1:I121"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>