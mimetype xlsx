--- v2 (2026-02-05)
+++ v3 (2026-03-27)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$47</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$239</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$121</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$120</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -3179,1901 +3179,1901 @@
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>27755</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>дошкільна освіта</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t>УД 16002651</t>
         </is>
       </c>
       <c r="K2" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>47377</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>дошкільна освіта.Психологія.</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t>УД 16002651</t>
         </is>
       </c>
       <c r="K3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>57824</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>дошкільна освіта. Логопедія</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t>УД 16002651</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>61541</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>дошкільна освіта. Практична психологія в закладах дошкільної освіти</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t>УД 16002651</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>61542</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>дошкільна освіта. Логопедія в закладах дошкільної освіти</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t>УД 16002651</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>27754</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>початкова освіта</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t>УД 16002652</t>
         </is>
       </c>
       <c r="K7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>47393</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>початкова освіта. Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t>УД 16002652</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>47394</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>початкова освіта. Логопедія.</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t>УД 16002652</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>61320</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Практична психологія</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t>УД 16002652</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>61552</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Англійська мова</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t>УД 16002652</t>
         </is>
       </c>
       <c r="K11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>64776</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта. Психологія</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t>УД 16002652</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
         <v>42224</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Мова і література (англійська))</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>61884</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Англійська мова і зарубіжна література)</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K14" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>31753</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t>УД 16002673</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>47441</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Інформатика. Мова і література (англійська))</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t>УД 16002673</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
         <v>56404</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Інформатика. Англійська мова)</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t>УД 16002673</t>
         </is>
       </c>
       <c r="K17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови)</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
         <v>42228</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>середня освіта(Мова і література (китайська))</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K18" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови)</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>42229</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Мова і література (турецька))</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K19" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови)</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>51559</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>середня освіта(Мова і література (корейська))</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови)</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
         <v>65916</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (китайська, англійська))</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови)</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>65917</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (корейська, англійська))</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
         <v>61550</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>cередня освіта (Мова і література (корейська, англійська))</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K23" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>61551</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Мова і література (китайська, англійська))</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K24" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>31763</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t>УД 16002663</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>64921</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="7" t="inlineStr">
         <is>
           <t>УД 16002663</t>
         </is>
       </c>
       <c r="K26" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
         <v>31751</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>середня освіта ( Математика)</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t>УД 16002671</t>
         </is>
       </c>
       <c r="K27" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
         <v>47437</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Математика. Мова і література (англійська))</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t>УД 16002671</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>47438</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Математика. Інформатика)</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t>УД 16002671</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
         <v>56405</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Математика. Англійська мова)</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t>УД 16002671</t>
         </is>
       </c>
       <c r="K30" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
         <v>65000</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t>УД 16002659</t>
         </is>
       </c>
       <c r="K31" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
         <v>65001</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t>УД 16002661</t>
         </is>
       </c>
       <c r="K32" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Мова і література</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
         <v>31794</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Мова і література (російська))</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K33" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
         <v>46162</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Мова і література (англійська))</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>Мова і література (китайська)</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
         <v>46217</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Мова і література (китайська))</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K35" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>Мова і література (китайська)</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
         <v>64841</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (Китайська, Англійська))</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K36" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Мова і література (російська)</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
         <v>47637</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Мова і література (російська))</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Мова і література (турецька)</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
         <v>46218</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Мова і література (турецька))</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>Мова і література (турецька)</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
         <v>64839</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (турецька, англійська))</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
         <v>4388</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="7" t="inlineStr">
         <is>
           <t>УД 16002659</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
         <v>27756</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t>УД 16002659</t>
         </is>
       </c>
       <c r="K41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
         <v>31771</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I42" s="9"/>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t>УД 16002659</t>
         </is>
       </c>
       <c r="K42" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
         <v>56172</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Музичне мистецтво. Івент-технології)</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t>УД 16002659</t>
         </is>
       </c>
       <c r="K43" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
         <v>27757</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t>УД 16002661</t>
         </is>
       </c>
       <c r="K44" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
         <v>54699</v>
@@ -5117,681 +5117,681 @@
         <is>
           <t>Російська мова і література</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
         <v>47443</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Мова і література (російська))</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I46" s="9"/>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K46" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
         <v>65053</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Трудове навчання та технології. Інформатика)</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I47" s="9"/>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t>УД 16002653</t>
         </is>
       </c>
       <c r="K47" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
         <v>31760</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Трудове навчання та технології)</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I48" s="9"/>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t>УД 16002653</t>
         </is>
       </c>
       <c r="K48" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
         <v>61301</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Трудове навчання та технології. Інформатика)</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I49" s="9"/>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t>УД 16002653</t>
         </is>
       </c>
       <c r="K49" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
         <v>3730</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I50" s="9"/>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t>УД 16002664</t>
         </is>
       </c>
       <c r="K50" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
         <v>35103</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I51" s="9"/>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t>УД 16002664</t>
         </is>
       </c>
       <c r="K51" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
         <v>53407</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Українська мова і література. Англійська мова і зарубіжна література</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I52" s="9"/>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t>УД 16002664</t>
         </is>
       </c>
       <c r="K52" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>31752</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Фізика)</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t>УД 16019067</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
         <v>47439</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Фізика. Математика)</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I54" s="9"/>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t>УД 16019067</t>
         </is>
       </c>
       <c r="K54" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
         <v>47440</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Фізика. Інформатика)Secondary Education (Physics. Informatics)</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="7" t="inlineStr">
         <is>
           <t>УД 16019067</t>
         </is>
       </c>
       <c r="K55" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
         <v>64827</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика. Інформатика)</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t>УД 16019067</t>
         </is>
       </c>
       <c r="K56" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
         <v>61648</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Фізика. Математика)</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t>УД 16019067</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
         <v>2300</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t>УД 16002656</t>
         </is>
       </c>
       <c r="K58" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
         <v>29018</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I59" s="9"/>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t>УД 16002656</t>
         </is>
       </c>
       <c r="K59" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
         <v>31756</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t>УД 16002656</t>
         </is>
       </c>
       <c r="K60" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
         <v>36040</v>
@@ -5874,171 +5874,173 @@
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
         <v>36729</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>професійна освіта (Дизайн)</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t>УД 16009546</t>
         </is>
       </c>
       <c r="K63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>31790</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>спеціальна освіта (Логопедія)</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I64" s="9"/>
       <c r="J64" s="7" t="inlineStr">
         <is>
           <t>УД 16002654</t>
         </is>
       </c>
       <c r="K64" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E65" s="6" t="n">
         <v>42223</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>спеціальна освіта (Логопедія)</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t>УД 16002654</t>
         </is>
       </c>
       <c r="K65" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>32176</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>фізична культура і спорт</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I66" s="9"/>
+          <t>- 20256</t>
+        </is>
+      </c>
+      <c r="I66" s="9" t="n">
+        <v>46470</v>
+      </c>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
@@ -6161,174 +6163,174 @@
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>31787</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t>УД 16009508</t>
         </is>
       </c>
       <c r="K70" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>35863</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>декоративне мистецтво</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I71" s="9"/>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t>УД 16009508</t>
         </is>
       </c>
       <c r="K71" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>47389</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>образотворче мистецтво</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t>УД 16009508</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>61315</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>образотворче мистецтво. Декоративне мистецтво</t>
         </is>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="7" t="inlineStr">
         <is>
           <t>УД 16009508</t>
         </is>
       </c>
       <c r="K73" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>31766</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>хореографія</t>
@@ -6366,92 +6368,92 @@
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>31770</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>музичне мистецтво</t>
         </is>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="7" t="inlineStr">
         <is>
           <t>УД 16002660</t>
         </is>
       </c>
       <c r="K75" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>31788</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t>УД 16009547</t>
         </is>
       </c>
       <c r="K76" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
         <v>31767</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>філософія</t>
@@ -6530,403 +6532,403 @@
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
         <v>5466</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>переклад з англійської, китайської українською</t>
         </is>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="7" t="inlineStr">
         <is>
           <t>УД 16002669</t>
         </is>
       </c>
       <c r="K79" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
         <v>34100</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Філологія.Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t>УД 16002669</t>
         </is>
       </c>
       <c r="K80" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
         <v>35938</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>філологія (Переклад з англійської, китайської українською)</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="7" t="inlineStr">
         <is>
           <t>УД 16002669</t>
         </is>
       </c>
       <c r="K81" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
         <v>36583</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>філологія (Переклад з англійської, українською)</t>
         </is>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="7" t="inlineStr">
         <is>
           <t>УД 16002669</t>
         </is>
       </c>
       <c r="K82" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
         <v>47387</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Переклад (перша – англійська, друга – китайська)</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t>УД 16002669</t>
         </is>
       </c>
       <c r="K83" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
           <t>східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E84" s="6" t="n">
         <v>31789</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>філологія (Переклад з англійської, китайської українською)</t>
         </is>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I84" s="9"/>
       <c r="J84" s="7" t="inlineStr">
         <is>
           <t>УД 16002669</t>
         </is>
       </c>
       <c r="K84" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
           <t>східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
         <v>47388</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
           <t>Переклад (перша – китайська, друга – англійська)</t>
         </is>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I85" s="9"/>
       <c r="J85" s="7" t="inlineStr">
         <is>
           <t>УД 16002669</t>
         </is>
       </c>
       <c r="K85" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>31804</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>політологія</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="7" t="inlineStr">
         <is>
           <t>- 506</t>
         </is>
       </c>
       <c r="I86" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K86" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>31773</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>психологія</t>
         </is>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I87" s="9"/>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t>УД 16002670</t>
         </is>
       </c>
       <c r="K87" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>31808</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
           <t>соціологія</t>
@@ -7003,92 +7005,92 @@
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>31768</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>соціальна педагогіка</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t>УД 16002655</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>61549</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t>УД 16002655</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>34080</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>публічне управління та адміністрування</t>
@@ -7126,497 +7128,497 @@
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>85250</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I93" s="9"/>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t>УД 16002651</t>
         </is>
       </c>
       <c r="K93" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>85251</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I94" s="9"/>
       <c r="J94" s="7" t="inlineStr">
         <is>
           <t>УД 16002652</t>
         </is>
       </c>
       <c r="K94" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
         <v>85260</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Англійська мова і зарубіжна література)</t>
         </is>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="7" t="inlineStr">
         <is>
           <t>УД 16002665</t>
         </is>
       </c>
       <c r="K95" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
         <v>85259</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Інформатика. Англійська мова)</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="7" t="inlineStr">
         <is>
           <t>УД 16002673</t>
         </is>
       </c>
       <c r="K96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
         <v>85253</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (китайська, англійська))</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="7" t="inlineStr">
         <is>
           <t>УД 16002666</t>
         </is>
       </c>
       <c r="K97" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
         <v>85254</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (корейська, англійська))</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="7" t="inlineStr">
         <is>
           <t>УД 16002666</t>
         </is>
       </c>
       <c r="K98" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
         <v>85255</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="7" t="inlineStr">
         <is>
           <t>УД 16002663</t>
         </is>
       </c>
       <c r="K99" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
         <v>85256</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика. Англійська мова)</t>
         </is>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I100" s="9"/>
       <c r="J100" s="7" t="inlineStr">
         <is>
           <t>УД 16002671</t>
         </is>
       </c>
       <c r="K100" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
         <v>85257</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика. Інформатика)</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="7" t="inlineStr">
         <is>
           <t>УД 16002671</t>
         </is>
       </c>
       <c r="K101" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E102" s="6" t="n">
         <v>85264</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="7" t="inlineStr">
         <is>
           <t>УД 16002659</t>
         </is>
       </c>
       <c r="K102" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E103" s="6" t="n">
         <v>85262</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I103" s="9"/>
       <c r="J103" s="7" t="inlineStr">
         <is>
           <t>УД 16002661</t>
         </is>
       </c>
       <c r="K103" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E104" s="6" t="n">
         <v>85266</v>
@@ -7705,186 +7707,186 @@
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E106" s="6" t="n">
         <v>85258</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика. Математика)</t>
         </is>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I106" s="9"/>
       <c r="J106" s="7" t="inlineStr">
         <is>
           <t>УД 16019067</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
         <v>85261</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I107" s="9"/>
       <c r="J107" s="7" t="inlineStr">
         <is>
           <t>УД 16002656</t>
         </is>
       </c>
       <c r="K107" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
         <v>87803</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта (Дизайн)</t>
         </is>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="7" t="inlineStr">
         <is>
           <t>УД 16009546</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
         <v>74330</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта (Логопедія)</t>
         </is>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I109" s="9"/>
       <c r="J109" s="7" t="inlineStr">
         <is>
           <t>УД 16002654</t>
         </is>
       </c>
       <c r="K109" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>74324</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -7924,96 +7926,96 @@
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E111" s="6" t="n">
         <v>74306</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Переклад (перша – англійська, друга – китайська)</t>
         </is>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="7" t="inlineStr">
         <is>
           <t>УД 16002669</t>
         </is>
       </c>
       <c r="K111" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
           <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
         <v>74309</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Переклад (перша – китайська, друга – англійська)</t>
         </is>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="7" t="inlineStr">
         <is>
           <t>УД 16002669</t>
         </is>
       </c>
       <c r="K112" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>74311</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу</t>
@@ -8096,92 +8098,92 @@
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
         <v>74315</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво. Декоративне мистецтво</t>
         </is>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I115" s="9"/>
       <c r="J115" s="7" t="inlineStr">
         <is>
           <t>УД 16009508</t>
         </is>
       </c>
       <c r="K115" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
         <v>74318</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I116" s="9"/>
       <c r="J116" s="7" t="inlineStr">
         <is>
           <t>УД 16002660</t>
         </is>
       </c>
       <c r="K116" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
         <v>74322</v>
@@ -8217,139 +8219,139 @@
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
         <v>74304</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="7" t="inlineStr">
         <is>
           <t>- 15410</t>
         </is>
       </c>
       <c r="I118" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J118" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
         <v>74303</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="7" t="inlineStr">
         <is>
           <t>УД 16002670</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
         <v>85267</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I120" s="9"/>
       <c r="J120" s="7" t="inlineStr">
         <is>
           <t>УД 16009547</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
         <v>74292</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -8420,54 +8422,56 @@
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
         <v>64938</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H123" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I123" s="9"/>
+          <t>- 19961</t>
+        </is>
+      </c>
+      <c r="I123" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J123" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
@@ -10375,51 +10379,51 @@
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
         <v>32223</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
           <t>фізична культура і спорт</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="7" t="inlineStr">
         <is>
           <t>- 941</t>
         </is>
       </c>
       <c r="I164" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J164" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D165" s="3"/>
@@ -10551,102 +10555,102 @@
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
         <v>3492</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
           <t>хореографія</t>
         </is>
       </c>
       <c r="G168" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H168" s="7" t="inlineStr">
         <is>
           <t>- 2571</t>
         </is>
       </c>
       <c r="I168" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J168" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K168" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
         <v>25399</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
           <t>музичне мистецтво</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H169" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I169" s="9"/>
       <c r="J169" s="7" t="inlineStr">
         <is>
           <t>УД 16000697</t>
         </is>
       </c>
       <c r="K169" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D170" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E170" s="6" t="n">
         <v>2322</v>
@@ -11303,51 +11307,51 @@
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
         <v>35131</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
           <t>управління закладом освіти</t>
         </is>
       </c>
       <c r="G184" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H184" s="7" t="inlineStr">
         <is>
           <t>- 877</t>
         </is>
       </c>
       <c r="I184" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J184" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K184" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D185" s="3"/>
@@ -11483,337 +11487,337 @@
       <c r="E188" s="6" t="n">
         <v>85273</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H188" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I188" s="9"/>
       <c r="J188" s="7" t="inlineStr">
         <is>
           <t>НД 1696015</t>
         </is>
       </c>
       <c r="K188" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
         <v>85275</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта. Управління закладом дошкільної освіти</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H189" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I189" s="9"/>
       <c r="J189" s="7" t="inlineStr">
         <is>
           <t>НД 1696015</t>
         </is>
       </c>
       <c r="K189" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
         <v>85276</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H190" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I190" s="9"/>
       <c r="J190" s="7" t="inlineStr">
         <is>
           <t>НД 1696016</t>
         </is>
       </c>
       <c r="K190" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D191" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E191" s="6" t="n">
         <v>85279</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Англійська мова і зарубіжна література)</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I191" s="9"/>
       <c r="J191" s="7" t="inlineStr">
         <is>
           <t>НД 1696026</t>
         </is>
       </c>
       <c r="K191" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D192" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E192" s="6" t="n">
         <v>85285</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H192" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I192" s="9"/>
       <c r="J192" s="7" t="inlineStr">
         <is>
           <t>НД 1696031</t>
         </is>
       </c>
       <c r="K192" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D193" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E193" s="6" t="n">
         <v>85280</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H193" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I193" s="9"/>
       <c r="J193" s="7" t="inlineStr">
         <is>
           <t>НД 1696024</t>
         </is>
       </c>
       <c r="K193" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D194" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E194" s="6" t="n">
         <v>85282</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика)</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I194" s="9"/>
       <c r="J194" s="7" t="inlineStr">
         <is>
           <t>НД 1696029</t>
         </is>
       </c>
       <c r="K194" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D195" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E195" s="6" t="n">
         <v>85288</v>
@@ -11867,247 +11871,247 @@
       <c r="E196" s="6" t="n">
         <v>85277</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література. Зарубіжна література)</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I196" s="9"/>
       <c r="J196" s="7" t="inlineStr">
         <is>
           <t>НД 1696025</t>
         </is>
       </c>
       <c r="K196" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E197" s="6" t="n">
         <v>85278</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література. Зарубіжна література)</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H197" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I197" s="9"/>
       <c r="J197" s="7" t="inlineStr">
         <is>
           <t>НД 1696025</t>
         </is>
       </c>
       <c r="K197" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E198" s="6" t="n">
         <v>85284</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика. Математика)</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I198" s="9"/>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t>УД 16019068</t>
         </is>
       </c>
       <c r="K198" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D199" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E199" s="6" t="n">
         <v>85286</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H199" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I199" s="9"/>
       <c r="J199" s="7" t="inlineStr">
         <is>
           <t>НД 1696019</t>
         </is>
       </c>
       <c r="K199" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D200" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E200" s="6" t="n">
         <v>85297</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта (Логопедія)</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H200" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I200" s="9"/>
       <c r="J200" s="7" t="inlineStr">
         <is>
           <t>НД 1696017</t>
         </is>
       </c>
       <c r="K200" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
         <v>85281</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
           <t>Адаптивна фізична культура</t>
@@ -12145,51 +12149,51 @@
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
         <v>85289</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H202" s="7" t="inlineStr">
         <is>
           <t>- 15413</t>
         </is>
       </c>
       <c r="I202" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J202" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K202" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D203" s="3"/>
@@ -12286,51 +12290,51 @@
       <c r="E205" s="6" t="n">
         <v>85302</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
           <t>Переклад (перша – англійська, друга –німецька)</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I205" s="9"/>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t>НД 1696027</t>
         </is>
       </c>
       <c r="K205" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D206" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E206" s="6" t="n">
         <v>85305</v>
@@ -12378,51 +12382,51 @@
       <c r="E207" s="6" t="n">
         <v>85301</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I207" s="9"/>
       <c r="J207" s="7" t="inlineStr">
         <is>
           <t>УД 16000697</t>
         </is>
       </c>
       <c r="K207" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
         <v>85299</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
@@ -12462,276 +12466,280 @@
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D209" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E209" s="6" t="n">
         <v>87764</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I209" s="9"/>
+          <t>- 15414</t>
+        </is>
+      </c>
+      <c r="I209" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J209" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
         <v>85292</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
           <t>Політологія. Українські та європейські політичні студії</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I210" s="9"/>
+          <t>- 20071</t>
+        </is>
+      </c>
+      <c r="I210" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
         <v>85293</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
           <t>Клінічна психологія</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I211" s="9"/>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t>НД 1696028</t>
         </is>
       </c>
       <c r="K211" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
         <v>85294</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
           <t>Практична психологія. Екстремальна та кризова психологія</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I212" s="9"/>
       <c r="J212" s="7" t="inlineStr">
         <is>
           <t>НД 1696028</t>
         </is>
       </c>
       <c r="K212" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
         <v>85295</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
           <t>Прикладна і практична психологія</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H213" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I213" s="9"/>
       <c r="J213" s="7" t="inlineStr">
         <is>
           <t>НД 1696028</t>
         </is>
       </c>
       <c r="K213" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
         <v>85296</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
           <t>Управління закладом освіти</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
           <t>- 15415</t>
         </is>
       </c>
       <c r="I214" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D215" s="3"/>
@@ -12865,140 +12873,142 @@
       <c r="C218" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
         <v>38742</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво )</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
           <t>- 2124</t>
         </is>
       </c>
       <c r="I218" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J218" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K218" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
         <v>38743</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H219" s="7" t="inlineStr">
         <is>
           <t>- 2110</t>
         </is>
       </c>
       <c r="I219" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K219" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
         <v>38744</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H220" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I220" s="9"/>
+          <t>- 20255</t>
+        </is>
+      </c>
+      <c r="I220" s="9" t="n">
+        <v>46470</v>
+      </c>
       <c r="J220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K220" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
@@ -13037,54 +13047,56 @@
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
         <v>65256</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I222" s="9"/>
+          <t>- 20005</t>
+        </is>
+      </c>
+      <c r="I222" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
@@ -13125,54 +13137,56 @@
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
         <v>50911</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H224" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I224" s="9"/>
+          <t>- 20004</t>
+        </is>
+      </c>
+      <c r="I224" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J224" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K224" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
@@ -13442,51 +13456,51 @@
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
         <v>84675</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво )</t>
         </is>
       </c>
       <c r="G231" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H231" s="7" t="inlineStr">
         <is>
           <t>- 15416</t>
         </is>
       </c>
       <c r="I231" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J231" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K231" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D232" s="3"/>
@@ -13820,51 +13834,51 @@
       <c r="I239" s="9"/>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K239"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I121"/>
+  <dimension ref="A1:I120"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -13938,199 +13952,199 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови) та зарубіжна література</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14382,51 +14396,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
@@ -14452,51 +14466,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>45</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -14526,125 +14540,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -14736,51 +14750,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>79</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -14871,51 +14885,51 @@
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>186</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -15015,122 +15029,122 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>Інші мови (із зазначенням мови)</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15237,51 +15251,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
         <v>45</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -15345,51 +15359,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15456,88 +15470,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15641,88 +15655,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -15781,54 +15795,54 @@
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -15851,51 +15865,51 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
@@ -15950,51 +15964,51 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -16090,84 +16104,84 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -16255,51 +16269,51 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
@@ -16395,54 +16409,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -16469,51 +16483,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -16654,54 +16668,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -16963,54 +16977,54 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
@@ -17019,1132 +17033,1099 @@
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D90" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D90" s="3" t="inlineStr">
+        <is>
+          <t>Хореографія</t>
+        </is>
+      </c>
       <c r="E90" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E91" s="6" t="n">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
+        <v>40</v>
+      </c>
+      <c r="F110" s="6" t="n">
         <v>3</v>
       </c>
-      <c r="F110" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>45</v>
+        <v>4</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D112" s="3"/>
+      <c r="D112" s="3" t="inlineStr">
+        <is>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
       <c r="E112" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I121"/>
+  <autoFilter ref="A1:I120"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>