--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -3564,51 +3564,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
@@ -3729,183 +3729,183 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3927,84 +3927,84 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>