--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -3531,84 +3531,84 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
@@ -3729,51 +3729,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -3960,51 +3960,51 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>