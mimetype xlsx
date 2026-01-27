--- v0 (2025-10-29)
+++ v1 (2026-01-27)
@@ -1993,210 +1993,220 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>75008</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДО 006567</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>75006</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>ДО 006569</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
         <v>75007</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та митно-логістична діяльність</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I19" s="9"/>
+          <t>ДО 006568</t>
+        </is>
+      </c>
+      <c r="I19" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
         <v>75010</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I20" s="9"/>
+          <t>ДО 006570</t>
+        </is>
+      </c>
+      <c r="I20" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
         <v>75012</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Технології ресторанного бізнесу</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I21" s="9"/>
+          <t>ДО 006571</t>
+        </is>
+      </c>
+      <c r="I21" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I7"/>
@@ -2262,216 +2272,216 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>