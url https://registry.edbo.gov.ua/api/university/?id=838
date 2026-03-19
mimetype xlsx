--- v1 (2026-01-27)
+++ v2 (2026-03-19)
@@ -2305,84 +2305,84 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -2437,51 +2437,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>133</v>
+        <v>97</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>