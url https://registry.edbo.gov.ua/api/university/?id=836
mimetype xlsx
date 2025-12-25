--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -3929,51 +3929,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
@@ -4028,51 +4028,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -4230,51 +4230,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -4502,51 +4502,51 @@
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>