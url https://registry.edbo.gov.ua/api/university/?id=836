--- v1 (2025-12-25)
+++ v2 (2026-03-10)
@@ -3929,51 +3929,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
@@ -4094,51 +4094,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
@@ -4230,290 +4230,290 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E15" s="8" t="n">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -4535,51 +4535,51 @@
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>