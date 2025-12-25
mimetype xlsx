--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -418,51 +418,51 @@
         <is>
           <t>polytechnic.ck.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Богун Максим Михайлович</t>
+          <t>Власенко Тетяна Георгіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -3633,121 +3633,121 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>18</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
@@ -3769,84 +3769,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -3868,84 +3868,84 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>16</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>