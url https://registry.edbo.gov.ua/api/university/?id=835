--- v1 (2025-12-25)
+++ v2 (2026-02-12)
@@ -3633,51 +3633,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -3703,51 +3703,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>18</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
@@ -3769,84 +3769,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -3901,84 +3901,84 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>16</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>