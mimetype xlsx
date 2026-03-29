--- v2 (2026-02-12)
+++ v3 (2026-03-29)
@@ -3736,51 +3736,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -3868,84 +3868,84 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>16</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>