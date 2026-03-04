--- v0 (2025-10-21)
+++ v1 (2026-03-04)
@@ -2581,55 +2581,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
         <v>43154</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t>ДО 005545</t>
+          <t>ДО 006947</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D22" s="3"/>
@@ -3468,51 +3468,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -3567,51 +3567,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
@@ -3633,51 +3633,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -3699,84 +3699,84 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -3798,84 +3798,84 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>