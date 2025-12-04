--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -550,51 +550,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>1706</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -680,51 +680,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Ерготерапія</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
@@ -5614,55 +5614,55 @@
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>49402</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
           <t>Інклюзивна освіта</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H106" s="8" t="inlineStr">
         <is>
-          <t>- 9747</t>
+          <t>- 18959</t>
         </is>
       </c>
       <c r="I106" s="9" t="n">
-        <v>46015</v>
+        <v>46344</v>
       </c>
       <c r="J106" s="8" t="inlineStr">
         <is>
           <t>УД 14006972</t>
         </is>
       </c>
       <c r="K106" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
@@ -12911,51 +12911,51 @@
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>147</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -13352,51 +13352,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13537,51 +13537,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13858,84 +13858,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>102</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -14056,84 +14056,84 @@
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -14196,51 +14196,51 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -14439,51 +14439,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14553,51 +14553,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -14735,51 +14735,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>51</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14989,51 +14989,51 @@
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -15731,51 +15731,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F109" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -16176,51 +16176,51 @@
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>