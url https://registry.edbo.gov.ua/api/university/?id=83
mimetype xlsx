--- v1 (2025-12-04)
+++ v2 (2026-02-08)
@@ -21,51 +21,51 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$239</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$137</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$114</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -6668,54 +6668,56 @@
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D128" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E128" s="6" t="n">
         <v>24397</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика, інформатика)</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H128" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I128" s="9"/>
+          <t>- 19438</t>
+        </is>
+      </c>
+      <c r="I128" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J128" s="8" t="inlineStr">
         <is>
           <t>НД 1490734</t>
         </is>
       </c>
       <c r="K128" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
@@ -6815,54 +6817,56 @@
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
         <v>64844</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мистецтво. Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I131" s="9"/>
+          <t>- 19430</t>
+        </is>
+      </c>
+      <c r="I131" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J131" s="8" t="inlineStr">
         <is>
           <t>НД 1490721</t>
         </is>
       </c>
       <c r="K131" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
@@ -7111,54 +7115,56 @@
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
           <t>Польська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E137" s="6" t="n">
         <v>61025</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (польська, англійська))</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I137" s="9"/>
+          <t>- 19439</t>
+        </is>
+      </c>
+      <c r="I137" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t>УД 14017709</t>
         </is>
       </c>
       <c r="K137" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
@@ -7211,54 +7217,56 @@
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E139" s="6" t="n">
         <v>53430</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Природничі науки)</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I139" s="9"/>
+          <t>- 19431</t>
+        </is>
+      </c>
+      <c r="I139" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K139" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
@@ -7405,103 +7413,107 @@
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
         <v>24425</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I143" s="9"/>
+          <t>- 19441</t>
+        </is>
+      </c>
+      <c r="I143" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t>НД 1490724</t>
         </is>
       </c>
       <c r="K143" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E144" s="6" t="n">
         <v>24426</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література, мова і література (англійська))</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I144" s="9"/>
+          <t>- 19440</t>
+        </is>
+      </c>
+      <c r="I144" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t>НД 1490724</t>
         </is>
       </c>
       <c r="K144" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
@@ -8077,55 +8089,55 @@
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E157" s="6" t="n">
         <v>24374</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
           <t>Філологія (Англійська, німецька мови та літератури (переклад включно))</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H157" s="8" t="inlineStr">
         <is>
-          <t>- 10040</t>
+          <t>- 19651</t>
         </is>
       </c>
       <c r="I157" s="9" t="n">
-        <v>46036</v>
+        <v>48030</v>
       </c>
       <c r="J157" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D158" s="3"/>
@@ -8255,54 +8267,56 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
         <v>3726</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
           <t>Менеджмент інноваційної діяльності</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I161" s="9"/>
+          <t>- 19269</t>
+        </is>
+      </c>
+      <c r="I161" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J161" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
@@ -8521,56 +8535,54 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
         <v>60880</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="8" t="inlineStr">
         <is>
-          <t>- 10117</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I167" s="9"/>
       <c r="J167" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
@@ -8752,56 +8764,54 @@
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
         <v>71389</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
           <t>Інклюзивна освіта</t>
         </is>
       </c>
       <c r="G172" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H172" s="8" t="inlineStr">
         <is>
-          <t>- 11496</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I172" s="9"/>
       <c r="J172" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K172" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
@@ -9782,56 +9792,54 @@
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D194" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E194" s="6" t="n">
         <v>71379</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
           <t>Філологія (Англійська, німецька мови та літератури (переклад включно))</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="8" t="inlineStr">
         <is>
-          <t>- 11502</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I194" s="9"/>
       <c r="J194" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K194" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
@@ -10177,56 +10185,54 @@
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
         <v>71384</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H203" s="8" t="inlineStr">
         <is>
-          <t>- 11504</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I203" s="9"/>
       <c r="J203" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
@@ -11819,51 +11825,51 @@
       </c>
       <c r="J239" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K239"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I137"/>
+  <dimension ref="A1:I114"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -12011,88 +12017,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -12122,51 +12128,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -12199,51 +12205,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12381,88 +12387,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
@@ -12492,51 +12498,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
@@ -12672,51 +12678,51 @@
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>39</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -12735,51 +12741,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -12908,51 +12914,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>43</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13019,51 +13025,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13204,51 +13210,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13315,88 +13321,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13426,88 +13432,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13537,88 +13543,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13685,51 +13691,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -13924,51 +13930,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>46</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
@@ -14089,88 +14095,88 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -14196,84 +14202,84 @@
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
@@ -14439,51 +14445,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14698,51 +14704,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14772,88 +14778,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -14883,51 +14889,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -14986,54 +14992,54 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -15052,51 +15058,51 @@
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>E5</t>
         </is>
       </c>
@@ -15211,1527 +15217,716 @@
       </c>
       <c r="E94" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D95" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D95" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
       <c r="E95" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D96" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D96" s="3" t="inlineStr">
+        <is>
+          <t>Біологія та здоров’я людини</t>
+        </is>
+      </c>
       <c r="E96" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізика та астрономія</t>
+        </is>
+      </c>
+      <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Прикладна фізика та наноматеріали</t>
+        </is>
+      </c>
+      <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Математика</t>
+        </is>
+      </c>
+      <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
-[...761 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I137"/>
+  <autoFilter ref="A1:I114"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>