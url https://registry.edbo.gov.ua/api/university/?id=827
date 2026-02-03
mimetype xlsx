--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -4445,143 +4445,145 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>52694</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Реабілітаційна психологія</t>
         </is>
       </c>
       <c r="G47" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H47" s="8" t="inlineStr">
         <is>
-          <t>- 9484</t>
+          <t>- 19426</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
-        <v>46001</v>
+        <v>46379</v>
       </c>
       <c r="J47" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>63336</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Юридична психологія</t>
         </is>
       </c>
       <c r="G48" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H48" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I48" s="9"/>
+          <t>- 19427</t>
+        </is>
+      </c>
+      <c r="I48" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J48" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>53264</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Менеджмент у сфері послуг</t>
         </is>
       </c>
       <c r="G49" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H49" s="8" t="inlineStr">
         <is>
-          <t>- 9716</t>
+          <t>- 19423</t>
         </is>
       </c>
       <c r="I49" s="9" t="n">
-        <v>46015</v>
+        <v>46379</v>
       </c>
       <c r="J49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
@@ -4764,55 +4766,55 @@
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>59560</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Рекреаційний туризм</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H54" s="8" t="inlineStr">
         <is>
-          <t>- 9514</t>
+          <t>- 19402</t>
         </is>
       </c>
       <c r="I54" s="9" t="n">
-        <v>46001</v>
+        <v>46379</v>
       </c>
       <c r="J54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D55" s="3"/>
@@ -6662,51 +6664,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -6794,51 +6796,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
@@ -6971,51 +6973,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
@@ -7251,51 +7253,51 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -7317,51 +7319,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
@@ -7387,51 +7389,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -7626,51 +7628,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
@@ -7828,51 +7830,51 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
@@ -7935,117 +7937,117 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -8302,51 +8304,51 @@
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -8409,121 +8411,121 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -8553,84 +8555,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E65" s="6" t="n">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I66"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>