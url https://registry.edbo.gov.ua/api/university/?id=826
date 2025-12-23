--- v0 (2025-11-02)
+++ v1 (2025-12-23)
@@ -1576,117 +1576,117 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>35</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>