--- v1 (2025-12-23)
+++ v2 (2026-02-22)
@@ -374,75 +374,75 @@
         <is>
           <t>с. Хомутець</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Освітянська, 69-А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(05355) 35-5-11; (05355) 35-5-27</t>
+          <t>+38(053)-553-55-11</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>hvzt@pdau.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>hvzt.pdaa.edu.ua</t>
+          <t>hvzt.pdau.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Шинкаренко Сергій Васильович</t>
         </is>
@@ -1543,183 +1543,183 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>